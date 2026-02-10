--- v0 (2025-12-31)
+++ v1 (2026-02-10)
@@ -1466,51 +1466,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="/xl/comments/comment1.xml" Id="comments" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="/xl/drawings/commentsDrawing1.vml" Id="anysvml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:G138"/>
+  <dimension ref="A1:G139"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
     <col width="3.6640625" customWidth="1" style="82" min="1" max="1"/>
     <col width="26.5" customWidth="1" style="82" min="2" max="2"/>
     <col width="44.6640625" customWidth="1" style="82" min="3" max="3"/>
     <col width="54.5" customWidth="1" style="82" min="4" max="4"/>
     <col width="19.6640625" customWidth="1" style="82" min="6" max="6"/>
     <col width="3.83203125" customWidth="1" style="82" min="7" max="7"/>
   </cols>
   <sheetData>
     <row r="1" ht="37.5" customHeight="1" s="82">
       <c r="A1" s="1" t="n"/>
       <c r="B1" s="95" t="inlineStr">
         <is>
           <t>OWASP: Testing Guide Checklist</t>
         </is>
       </c>
       <c r="C1" s="96" t="n"/>
       <c r="D1" s="1" t="n"/>
       <c r="E1" s="3" t="n"/>
@@ -3353,64 +3353,65 @@
     </row>
     <row r="84" ht="49.5" customHeight="1" s="82">
       <c r="A84" s="19" t="n"/>
       <c r="B84" s="34" t="inlineStr">
         <is>
           <t>WSTG-INPV-11</t>
         </is>
       </c>
       <c r="C84" s="15">
         <f>HYPERLINK("https://owasp.org/www-project-web-security-testing-guide/latest/4-Web_Application_Security_Testing/07-Input_Validation_Testing/11-Testing_for_Code_Injection", "Testing for Code Injection")</f>
         <v/>
       </c>
       <c r="D84" s="16" t="inlineStr">
         <is>
           <t>- Identify injection points where you can inject code into the application.
 - Assess the injection severity.</t>
         </is>
       </c>
       <c r="E84" s="18" t="inlineStr">
         <is>
           <t>Not Started</t>
         </is>
       </c>
       <c r="F84" s="18" t="n"/>
     </row>
-    <row r="85" ht="16.5" customHeight="1" s="82">
+    <row r="85" ht="33" customHeight="1" s="82">
       <c r="A85" s="19" t="n"/>
       <c r="B85" s="34" t="inlineStr">
         <is>
           <t>WSTG-INPV-12</t>
         </is>
       </c>
       <c r="C85" s="15">
         <f>HYPERLINK("https://owasp.org/www-project-web-security-testing-guide/latest/4-Web_Application_Security_Testing/07-Input_Validation_Testing/12-Testing_for_Command_Injection", "Testing for Command Injection")</f>
         <v/>
       </c>
       <c r="D85" s="16" t="inlineStr">
         <is>
-          <t>- Identify and assess the command injection points.</t>
+          <t>- Identify and assess command injection points.
+- Bypass special characters and OS commands filter.</t>
         </is>
       </c>
       <c r="E85" s="18" t="inlineStr">
         <is>
           <t>Not Started</t>
         </is>
       </c>
       <c r="F85" s="18" t="n"/>
     </row>
     <row r="86" ht="16.5" customHeight="1" s="82">
       <c r="A86" s="19" t="n"/>
       <c r="B86" s="34" t="inlineStr">
         <is>
           <t>WSTG-INPV-13</t>
         </is>
       </c>
       <c r="C86" s="15">
         <f>HYPERLINK("https://owasp.org/www-project-web-security-testing-guide/latest/4-Web_Application_Security_Testing/07-Input_Validation_Testing/13-Testing_for_Buffer_Overflow", "Testing for Buffer Overflow")</f>
         <v/>
       </c>
       <c r="D86" s="16" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
@@ -4462,195 +4463,220 @@
       <c r="F131" s="18" t="n"/>
     </row>
     <row r="132" ht="16.5" customHeight="1" s="82">
       <c r="A132" s="19" t="n"/>
       <c r="B132" s="34" t="inlineStr">
         <is>
           <t>WSTG-CLNT-14</t>
         </is>
       </c>
       <c r="C132" s="15">
         <f>HYPERLINK("https://owasp.org/www-project-web-security-testing-guide/latest/4-Web_Application_Security_Testing/11-Client-side_Testing/14-Testing_for_Reverse_Tabnabbing", "Testing for Reverse Tabnabbing")</f>
         <v/>
       </c>
       <c r="D132" s="16" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="E132" s="18" t="inlineStr">
         <is>
           <t>Not Started</t>
         </is>
       </c>
       <c r="F132" s="18" t="n"/>
     </row>
-    <row r="133" ht="15" customHeight="1" s="82">
-[...9 lines deleted...]
-      <c r="B134" s="100" t="inlineStr">
+    <row r="133" ht="99" customHeight="1" s="82">
+      <c r="A133" s="19" t="n"/>
+      <c r="B133" s="34" t="inlineStr">
+        <is>
+          <t>WSTG-CLNT-15</t>
+        </is>
+      </c>
+      <c r="C133" s="15">
+        <f>HYPERLINK("https://owasp.org/www-project-web-security-testing-guide/latest/4-Web_Application_Security_Testing/11-Client-side_Testing/15-Testing_for_Client-Side_Template_Injection", "Testing for Client-side Template Injection")</f>
+        <v/>
+      </c>
+      <c r="D133" s="16" t="inlineStr">
+        <is>
+          <t>- Identify the client-side framework and its version used by the application.
+- Detect injection points where user input is reflected into the DOM and processed by the template engine.
+- Assess if the injection allows for arbitrary JavaScript execution (XSS) via the template syntax.</t>
+        </is>
+      </c>
+      <c r="E133" s="18" t="inlineStr">
+        <is>
+          <t>Not Started</t>
+        </is>
+      </c>
+      <c r="F133" s="18" t="n"/>
+    </row>
+    <row r="134" ht="15" customHeight="1" s="82">
+      <c r="A134" s="97" t="n"/>
+      <c r="B134" s="98" t="n"/>
+      <c r="C134" s="99" t="n"/>
+      <c r="D134" s="99" t="n"/>
+      <c r="E134" s="99" t="n"/>
+      <c r="F134" s="99" t="n"/>
+    </row>
+    <row r="135" ht="47.25" customHeight="1" s="82">
+      <c r="A135" s="9" t="n"/>
+      <c r="B135" s="100" t="inlineStr">
         <is>
           <t>API Testing</t>
         </is>
       </c>
-      <c r="C134" s="101" t="inlineStr">
+      <c r="C135" s="101" t="inlineStr">
         <is>
           <t>Test Name</t>
         </is>
       </c>
-      <c r="D134" s="101" t="inlineStr">
+      <c r="D135" s="101" t="inlineStr">
         <is>
           <t>Objectives</t>
         </is>
       </c>
-      <c r="E134" s="101" t="inlineStr">
+      <c r="E135" s="101" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
-      <c r="F134" s="101" t="inlineStr">
+      <c r="F135" s="101" t="inlineStr">
         <is>
           <t>Notes</t>
         </is>
       </c>
     </row>
-    <row r="135" ht="99" customHeight="1" s="82">
-[...1 lines deleted...]
-      <c r="B135" s="34" t="inlineStr">
+    <row r="136" ht="99" customHeight="1" s="82">
+      <c r="A136" s="19" t="n"/>
+      <c r="B136" s="34" t="inlineStr">
         <is>
           <t>WSTG-APIT-01</t>
         </is>
       </c>
-      <c r="C135" s="15">
+      <c r="C136" s="15">
         <f>HYPERLINK("https://owasp.org/www-project-web-security-testing-guide/latest/4-Web_Application_Security_Testing/12-API_Testing/01-API_Reconnaissance", "API Reconnaissance")</f>
         <v/>
       </c>
-      <c r="D135" s="16" t="inlineStr">
+      <c r="D136" s="16" t="inlineStr">
         <is>
           <t>- Find all API endpoints supported by the backend server code, documented or undocumented.
 - Find all parameters for each endpoint supported by the backend server, documented or undocumented.
 - Discover interesting data related to APIs in HTML and JavaScript sent to clients.</t>
         </is>
       </c>
-      <c r="E135" s="18" t="inlineStr">
-[...21 lines deleted...]
-      </c>
       <c r="E136" s="18" t="inlineStr">
         <is>
           <t>Not Started</t>
         </is>
       </c>
       <c r="F136" s="18" t="n"/>
     </row>
     <row r="137" ht="66" customHeight="1" s="82">
       <c r="A137" s="19" t="n"/>
       <c r="B137" s="34" t="inlineStr">
         <is>
+          <t>WSTG-APIT-02</t>
+        </is>
+      </c>
+      <c r="C137" s="15">
+        <f>HYPERLINK("https://owasp.org/www-project-web-security-testing-guide/latest/4-Web_Application_Security_Testing/12-API_Testing/02-API_Broken_Object_Level_Authorization", "API Broken Object Level Authorization")</f>
+        <v/>
+      </c>
+      <c r="D137" s="16" t="inlineStr">
+        <is>
+          <t>- The objective of this test is to identify whether the API enforces proper **object-level authorization** checks, ensuring that users can only access and manipulate objects they are authorized to interact with.</t>
+        </is>
+      </c>
+      <c r="E137" s="18" t="inlineStr">
+        <is>
+          <t>Not Started</t>
+        </is>
+      </c>
+      <c r="F137" s="18" t="n"/>
+    </row>
+    <row r="138" ht="66" customHeight="1" s="82">
+      <c r="A138" s="19" t="n"/>
+      <c r="B138" s="34" t="inlineStr">
+        <is>
           <t>WSTG-APIT-99</t>
         </is>
       </c>
-      <c r="C137" s="15">
+      <c r="C138" s="15">
         <f>HYPERLINK("https://owasp.org/www-project-web-security-testing-guide/latest/4-Web_Application_Security_Testing/12-API_Testing/99-Testing_GraphQL", "Testing GraphQL")</f>
         <v/>
       </c>
-      <c r="D137" s="16" t="inlineStr">
+      <c r="D138" s="16" t="inlineStr">
         <is>
           <t>- Assess that a secure and production-ready configuration is deployed.
 - Validate all input fields against generic attacks.
 - Ensure that proper access controls are applied.</t>
         </is>
       </c>
-      <c r="E137" s="18" t="inlineStr">
-[...12 lines deleted...]
-      <c r="F138" s="99" t="n"/>
+      <c r="E138" s="18" t="inlineStr">
+        <is>
+          <t>Not Started</t>
+        </is>
+      </c>
+      <c r="F138" s="18" t="n"/>
+    </row>
+    <row r="139" ht="15" customHeight="1" s="82">
+      <c r="A139" s="97" t="n"/>
+      <c r="B139" s="98" t="n"/>
+      <c r="C139" s="99" t="n"/>
+      <c r="D139" s="99" t="n"/>
+      <c r="E139" s="99" t="n"/>
+      <c r="F139" s="99" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <conditionalFormatting sqref="B4:F4">
     <cfRule type="expression" priority="1" dxfId="13">
       <formula>$E4="Pass"</formula>
     </cfRule>
     <cfRule type="expression" priority="2" dxfId="12">
       <formula>$E4="N/A"</formula>
     </cfRule>
     <cfRule type="expression" priority="3" dxfId="11">
       <formula>$E4="Issues"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B4:F138">
+  <conditionalFormatting sqref="B4:F139">
     <cfRule type="expression" priority="1" dxfId="13">
       <formula>$E4="Pass"</formula>
     </cfRule>
     <cfRule type="expression" priority="2" dxfId="12">
       <formula>$E4="N/A"</formula>
     </cfRule>
     <cfRule type="expression" priority="3" dxfId="11">
       <formula>$E4="Issues"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation sqref="E4 E6 E7 E8 E9 E10 E11 E12 E13 E14 E15 E18 E19 E20 E21 E22 E23 E24 E25 E26 E27 E28 E29 E30 E31 E34 E35 E36 E37 E38 E41 E42 E43 E44 E45 E46 E47 E48 E49 E50 E51 E54 E55 E56 E57 E58 E61 E62 E63 E64 E65 E66 E67 E68 E69 E70 E71 E74 E75 E76 E77 E78 E79 E80 E81 E82 E83 E84 E85 E86 E87 E88 E89 E90 E91 E92 E93 E94 E97 E98 E101 E102 E103 E104 E107 E108 E109 E110 E111 E112 E113 E114 E115 E116 E119 E120 E121 E122 E123 E124 E125 E126 E127 E128 E129 E130 E131 E132 E135 E136 E137" showDropDown="0" showInputMessage="0" showErrorMessage="0" allowBlank="1" type="list">
+    <dataValidation sqref="E4 E6 E7 E8 E9 E10 E11 E12 E13 E14 E15 E18 E19 E20 E21 E22 E23 E24 E25 E26 E27 E28 E29 E30 E31 E34 E35 E36 E37 E38 E41 E42 E43 E44 E45 E46 E47 E48 E49 E50 E51 E54 E55 E56 E57 E58 E61 E62 E63 E64 E65 E66 E67 E68 E69 E70 E71 E74 E75 E76 E77 E78 E79 E80 E81 E82 E83 E84 E85 E86 E87 E88 E89 E90 E91 E92 E93 E94 E97 E98 E101 E102 E103 E104 E107 E108 E109 E110 E111 E112 E113 E114 E115 E116 E119 E120 E121 E122 E123 E124 E125 E126 E127 E128 E129 E130 E131 E132 E133 E136 E137 E138" showDropDown="0" showInputMessage="0" showErrorMessage="0" allowBlank="1" type="list">
       <formula1>"Not Started,Pass,Issues,N/A"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
     <col width="3.6640625" customWidth="1" style="82" min="1" max="1"/>
     <col width="6.6640625" customWidth="1" style="82" min="2" max="2"/>
     <col width="16.1640625" customWidth="1" style="82" min="3" max="3"/>
     <col width="30.1640625" customWidth="1" style="82" min="4" max="4"/>