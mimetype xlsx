--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="11018"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="11028"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/noemivillars-amberg/Documents/daschland-scripts/data/daschland_ontology/daschland (Alice in DaSCHland)/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/noraammann/Documents/Cloned_GitHub/daschland-scripts/data/daschland_ontology/daschland (Alice in DaSCHland)/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1687B0D2-B308-0A44-907D-669F1923C0BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07B4E33A-4112-3D44-AD04-AB17E77BC38C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3800" yWindow="620" windowWidth="68740" windowHeight="30240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="660" windowWidth="34560" windowHeight="20500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$Q$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$Q$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author/>
   </authors>
   <commentList>
     <comment ref="A1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
@@ -172,51 +172,51 @@
     </comment>
     <comment ref="O1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000007000000}">
       <text>
         <r>
           <rPr>
             <sz val="12"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
             <scheme val="minor"/>
           </rPr>
           <t>======
 ID#AAAA4C1L8Fg
 Johannes Nussbaum    (2023-08-29 13:44:06)
 only mandatory for lists
 Some "gui_elements" need further specification. Read the documentation of the respective "object" to learn if your "gui_element" needs a "gui_attributes".
 Form: "attr: value, attr: value".</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="361">
   <si>
     <t>name</t>
   </si>
   <si>
     <t>label_en</t>
   </si>
   <si>
     <t>label_de</t>
   </si>
   <si>
     <t>label_fr</t>
   </si>
   <si>
     <t>label_it</t>
   </si>
   <si>
     <t>label_rm</t>
   </si>
   <si>
     <t>comment_en</t>
   </si>
   <si>
     <t>comment_de</t>
   </si>
   <si>
@@ -1237,62 +1237,94 @@
     <t>Part of chapter</t>
   </si>
   <si>
     <t>Appartiene al capitolo</t>
   </si>
   <si>
     <t>Belongs to following chapter</t>
   </si>
   <si>
     <t>Gehört zu folgendem Kapitel</t>
   </si>
   <si>
     <t>Appartient au chapitre suivant</t>
   </si>
   <si>
     <t>Appartiene al seguente capitolo</t>
   </si>
   <si>
     <t>linkToStoryChapter</t>
   </si>
   <si>
     <t>isPartOfStoryChapter</t>
   </si>
   <si>
     <t>:StoryChapter</t>
+  </si>
+  <si>
+    <t>Wikidata ID</t>
+  </si>
+  <si>
+    <t>link to the corresponding Wikidata entry</t>
+  </si>
+  <si>
+    <t>link zu der Wikidata Seite</t>
+  </si>
+  <si>
+    <t>lien vers l'entrée Wikidata correspondante</t>
+  </si>
+  <si>
+    <t>link alla voce Wikidata corrispondente</t>
+  </si>
+  <si>
+    <t>hasWikidataLink</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -1356,95 +1388,103 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10.199999999999999"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79995117038483843"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
@@ -1626,53 +1666,53 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.dasch.swiss/latest/DSP-TOOLS/file-formats/json-project/ontologies/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.dasch.swiss/latest/DSP-TOOLS/file-formats/json-project/ontologies/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.dasch.swiss/latest/DSP-TOOLS/file-formats/json-project/ontologies/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.dasch.swiss/latest/DSP-TOOLS/file-formats/json-project/ontologies/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.dasch.swiss/latest/DSP-TOOLS/file-formats/json-project/ontologies/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.dasch.swiss/latest/DSP-TOOLS/file-formats/json-project/ontologies/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.dasch.swiss/latest/DSP-TOOLS/file-formats/json-project/ontologies/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q912"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="G1" zoomScale="172" zoomScaleNormal="172" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="M37" sqref="M37"/>
+    <sheetView tabSelected="1" zoomScale="172" zoomScaleNormal="172" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A17" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A23" sqref="A23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="27.33203125" customWidth="1"/>
     <col min="2" max="2" width="35.1640625" customWidth="1"/>
     <col min="3" max="3" width="24.33203125" customWidth="1"/>
     <col min="4" max="4" width="32.1640625" customWidth="1"/>
     <col min="5" max="5" width="32.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.5" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="38.83203125" customWidth="1"/>
     <col min="8" max="8" width="77.83203125" customWidth="1"/>
     <col min="9" max="9" width="62.83203125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="44.1640625" customWidth="1"/>
     <col min="11" max="11" width="12.33203125" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="63" customWidth="1"/>
     <col min="13" max="13" width="29.1640625" customWidth="1"/>
     <col min="14" max="14" width="11.5" customWidth="1"/>
     <col min="15" max="15" width="22.83203125" customWidth="1"/>
     <col min="16" max="16" width="21.6640625" customWidth="1"/>
     <col min="17" max="17" width="13" customWidth="1"/>
     <col min="18" max="26" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
@@ -2243,51 +2283,51 @@
       </c>
       <c r="B15" s="4" t="s">
         <v>108</v>
       </c>
       <c r="C15" t="s">
         <v>108</v>
       </c>
       <c r="D15" t="s">
         <v>108</v>
       </c>
       <c r="E15" t="s">
         <v>108</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>109</v>
       </c>
       <c r="H15" t="s">
         <v>288</v>
       </c>
       <c r="I15" t="s">
         <v>233</v>
       </c>
       <c r="J15" t="s">
         <v>316</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="L15" s="18" t="s">
         <v>110</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>19</v>
       </c>
       <c r="P15" s="7"/>
       <c r="Q15" s="4"/>
     </row>
     <row r="16" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>112</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>113</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>114</v>
       </c>
       <c r="E16" t="s">
@@ -2528,604 +2568,641 @@
       </c>
       <c r="B22" s="4" t="s">
         <v>149</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>150</v>
       </c>
       <c r="D22" t="s">
         <v>151</v>
       </c>
       <c r="E22" t="s">
         <v>152</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>212</v>
       </c>
       <c r="H22" t="s">
         <v>294</v>
       </c>
       <c r="I22" t="s">
         <v>238</v>
       </c>
       <c r="J22" t="s">
         <v>322</v>
       </c>
-      <c r="L22" s="4" t="s">
+      <c r="L22" s="18" t="s">
         <v>153</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="3" t="s">
-[...27 lines deleted...]
-        <v>160</v>
+      <c r="A23" s="19" t="s">
+        <v>360</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="E23" s="18" t="s">
+        <v>355</v>
+      </c>
+      <c r="G23" s="18" t="s">
+        <v>356</v>
+      </c>
+      <c r="H23" s="18" t="s">
+        <v>357</v>
+      </c>
+      <c r="I23" s="18" t="s">
+        <v>358</v>
+      </c>
+      <c r="J23" s="18" t="s">
+        <v>359</v>
+      </c>
+      <c r="L23" s="18" t="s">
+        <v>110</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>154</v>
+      </c>
+      <c r="N23" s="18" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="16" t="s">
-[...24 lines deleted...]
-        <v>351</v>
+      <c r="A24" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>157</v>
+      </c>
+      <c r="D24" t="s">
+        <v>158</v>
+      </c>
+      <c r="E24" t="s">
+        <v>159</v>
+      </c>
+      <c r="G24" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="H24" t="s">
+        <v>295</v>
+      </c>
+      <c r="I24" t="s">
+        <v>239</v>
+      </c>
+      <c r="J24" t="s">
+        <v>323</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>160</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>161</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-      <c r="Q24" s="4"/>
+        <v>162</v>
+      </c>
     </row>
     <row r="25" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="12" t="s">
-[...24 lines deleted...]
-        <v>341</v>
+      <c r="A25" s="16" t="s">
+        <v>353</v>
+      </c>
+      <c r="B25" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="C25" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="D25" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="G25" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="H25" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="I25" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>351</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="M25" s="13" t="s">
-        <v>178</v>
+      <c r="M25" s="17" t="s">
+        <v>354</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P25" s="4"/>
       <c r="Q25" s="4"/>
     </row>
     <row r="26" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="3" t="s">
-[...24 lines deleted...]
-        <v>324</v>
+      <c r="A26" s="12" t="s">
+        <v>338</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>339</v>
+      </c>
+      <c r="C26" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="D26" s="13" t="s">
+        <v>340</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="G26" s="13" t="s">
+        <v>339</v>
+      </c>
+      <c r="H26" s="13" t="s">
+        <v>342</v>
+      </c>
+      <c r="I26" s="13" t="s">
+        <v>340</v>
+      </c>
+      <c r="J26" s="4" t="s">
+        <v>341</v>
       </c>
       <c r="L26" s="4" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>163</v>
+      </c>
+      <c r="M26" s="13" t="s">
+        <v>178</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P26" s="4"/>
       <c r="Q26" s="4"/>
     </row>
     <row r="27" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="16" t="s">
-[...12 lines deleted...]
-        <v>171</v>
+      <c r="A27" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="E27" s="8" t="s">
+        <v>256</v>
       </c>
       <c r="G27" s="8" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="H27" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="I27" s="8" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J27" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>166</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>167</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>164</v>
       </c>
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4"/>
     </row>
     <row r="28" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="3" t="s">
-[...12 lines deleted...]
-        <v>269</v>
+      <c r="A28" s="16" t="s">
+        <v>352</v>
+      </c>
+      <c r="B28" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" t="s">
+        <v>169</v>
+      </c>
+      <c r="D28" t="s">
+        <v>170</v>
+      </c>
+      <c r="E28" t="s">
+        <v>171</v>
       </c>
       <c r="G28" s="8" t="s">
-        <v>214</v>
+        <v>251</v>
       </c>
       <c r="H28" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>297</v>
+      </c>
+      <c r="I28" s="8" t="s">
+        <v>275</v>
       </c>
       <c r="J28" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="L28" s="4" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>172</v>
+      </c>
+      <c r="M28" s="17" t="s">
+        <v>354</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B29" s="8" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="E29" s="8" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>214</v>
+      </c>
+      <c r="H29" t="s">
+        <v>298</v>
       </c>
       <c r="I29" s="4" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>240</v>
+      </c>
+      <c r="J29" t="s">
+        <v>326</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="P29" s="4"/>
-      <c r="Q29" s="4"/>
     </row>
     <row r="30" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>181</v>
+        <v>176</v>
+      </c>
+      <c r="B30" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>258</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>262</v>
+      </c>
+      <c r="E30" s="8" t="s">
+        <v>273</v>
       </c>
       <c r="G30" s="8" t="s">
-        <v>221</v>
-[...8 lines deleted...]
-        <v>328</v>
+        <v>215</v>
+      </c>
+      <c r="H30" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="I30" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="J30" s="4" t="s">
+        <v>327</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>164</v>
       </c>
+      <c r="P30" s="4"/>
+      <c r="Q30" s="4"/>
     </row>
     <row r="31" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C31" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>181</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>182</v>
       </c>
       <c r="E31" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="G31" s="8" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="H31" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="I31" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J31" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="32" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>189</v>
-[...11 lines deleted...]
-        <v>270</v>
+        <v>184</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C32" t="s">
+        <v>186</v>
+      </c>
+      <c r="D32" t="s">
+        <v>187</v>
+      </c>
+      <c r="E32" t="s">
+        <v>188</v>
       </c>
       <c r="G32" s="8" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="H32" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="I32" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="J32" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="L32" s="4" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="33" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B33" s="8" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C33" s="8" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="E33" s="8" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="G33" s="8" t="s">
-        <v>217</v>
-[...8 lines deleted...]
-        <v>331</v>
+        <v>216</v>
+      </c>
+      <c r="H33" t="s">
+        <v>302</v>
+      </c>
+      <c r="I33" t="s">
+        <v>244</v>
+      </c>
+      <c r="J33" t="s">
+        <v>330</v>
       </c>
       <c r="L33" s="4" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B34" s="8" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-        <v>199</v>
+        <v>265</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>260</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>271</v>
       </c>
       <c r="G34" s="8" t="s">
-        <v>218</v>
-[...8 lines deleted...]
-        <v>332</v>
+        <v>217</v>
+      </c>
+      <c r="H34" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="I34" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="J34" s="4" t="s">
+        <v>331</v>
       </c>
       <c r="L34" s="4" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="P34" s="4"/>
     </row>
     <row r="35" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="B35" s="8" t="s">
-        <v>254</v>
-[...8 lines deleted...]
-        <v>254</v>
+        <v>196</v>
+      </c>
+      <c r="C35" t="s">
+        <v>197</v>
+      </c>
+      <c r="D35" t="s">
+        <v>198</v>
+      </c>
+      <c r="E35" t="s">
+        <v>199</v>
       </c>
       <c r="G35" s="8" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="H35" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>304</v>
+      </c>
+      <c r="I35" t="s">
+        <v>246</v>
       </c>
       <c r="J35" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P35" s="4"/>
-      <c r="Q35" s="4"/>
     </row>
     <row r="36" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>272</v>
+        <v>254</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="H36" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>305</v>
+      </c>
+      <c r="I36" s="4" t="s">
+        <v>247</v>
       </c>
       <c r="J36" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="L36" s="4" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="M36" s="4" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>164</v>
       </c>
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4"/>
     </row>
-    <row r="37" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B37" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>268</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="G37" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="H37" t="s">
+        <v>306</v>
+      </c>
+      <c r="I37" t="s">
+        <v>248</v>
+      </c>
+      <c r="J37" t="s">
+        <v>334</v>
+      </c>
+      <c r="L37" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="M37" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="N37" s="4" t="s">
+        <v>164</v>
+      </c>
+    </row>
     <row r="38" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="43" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="46" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="47" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="48" spans="1:17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -3958,51 +4035,51 @@
     <row r="889" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="890" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="891" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="892" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="893" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="894" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="895" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="896" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="897" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="898" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="899" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="900" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="901" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="902" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="903" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="904" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="905" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="906" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="907" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="908" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="909" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="910" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="911" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="912" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <autoFilter ref="A1:Q36" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:Q37" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="property-name" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="B1" r:id="rId2" location="property-labels" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="G1" r:id="rId3" location="property-comments" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="L1" r:id="rId4" location="property-super" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="M1" r:id="rId5" location="property-object-gui_element-gui_attributes" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="N1" r:id="rId6" location="property-object-gui_element-gui_attributes" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="O1" r:id="rId7" location="property-object-gui_element-gui_attributes" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="landscape"/>
   <legacyDrawing r:id="rId8"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>