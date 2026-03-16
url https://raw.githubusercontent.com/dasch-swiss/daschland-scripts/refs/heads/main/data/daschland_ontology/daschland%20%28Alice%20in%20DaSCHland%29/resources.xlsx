--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -32,94 +32,94 @@
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11116"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11028"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/noemivillars-amberg/Documents/Customer_Projects/daschland-scripts/data/daschland_ontology/daschland (Alice in DaSCHland)/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/noraammann/Documents/Cloned_GitHub/daschland-scripts/data/daschland_ontology/daschland (Alice in DaSCHland)/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C7C90DF7-5718-9B40-9313-9E6F983C8350}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{675C9A28-9C0D-CA47-B1A4-F0D1DFAF5CC7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31360" yWindow="800" windowWidth="34560" windowHeight="21580" tabRatio="500" firstSheet="4" activeTab="5" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="660" windowWidth="34560" windowHeight="20500" tabRatio="500" firstSheet="4" activeTab="18" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="classes" sheetId="1" r:id="rId1"/>
     <sheet name="Story" sheetId="2" r:id="rId2"/>
     <sheet name="StoryChapter" sheetId="5" r:id="rId3"/>
     <sheet name="BookCover" sheetId="3" r:id="rId4"/>
     <sheet name="BookEdition" sheetId="4" r:id="rId5"/>
     <sheet name="Character" sheetId="6" r:id="rId6"/>
     <sheet name="Event" sheetId="7" r:id="rId7"/>
     <sheet name="EventSocial" sheetId="8" r:id="rId8"/>
     <sheet name="EventAdventure" sheetId="9" r:id="rId9"/>
     <sheet name="EventConflict" sheetId="10" r:id="rId10"/>
     <sheet name="EventAlternative" sheetId="11" r:id="rId11"/>
     <sheet name="Location" sheetId="12" r:id="rId12"/>
     <sheet name="LocationRealWorld" sheetId="13" r:id="rId13"/>
     <sheet name="LocationWonderland" sheetId="14" r:id="rId14"/>
     <sheet name="Image" sheetId="15" r:id="rId15"/>
     <sheet name="ImageAlternative" sheetId="19" r:id="rId16"/>
     <sheet name="ImageOriginal" sheetId="18" r:id="rId17"/>
     <sheet name="Audio" sheetId="16" r:id="rId18"/>
     <sheet name="Video" sheetId="17" r:id="rId19"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="17" hidden="1">Audio!$A$1:$C$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">BookCover!$A$1:$C$8</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">BookEdition!$A$1:$C$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">Character!$A$1:$C$8</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">BookEdition!$A$1:$C$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">Character!$A$1:$C$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">classes!$A$1:$M$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">Event!$A$1:$C$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="1">Image!$A$1:$C$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="1">Location!$A$1:$C$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Story!$A$1:$C$11</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="1">Location!$A$1:$C$4</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Story!$A$1:$C$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">StoryChapter!$A$1:$C$12</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="18" hidden="1">Video!$A$1:$C$6</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="18" hidden="1">Video!$A$1:$C$7</definedName>
   </definedNames>
   <calcPr calcId="0"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Unknown Author</author>
   </authors>
   <commentList>
     <comment ref="A1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <rFont val="Arial"/>
             <family val="2"/>
           </rPr>
           <t>======
@@ -1067,51 +1067,51 @@
     <comment ref="B1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0900-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="10"/>
             <rFont val="Arial"/>
             <family val="2"/>
           </rPr>
           <t>======
 ID#AAAA48CmwTk
 Johannes Nussbaum    (2023-08-29 13:44:30)
 mandatory
 Indicates how often the property may occur. The possible values are: 
  - 1: exactly once (mandatory one value and only one)
  - 0-1: The value may be omitted, but can occur only once.
  - 1-n: At least one value must be present, but multiple values may be present.
  - 0-n: The value may be omitted, but may also occur multiple times.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="449" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="225">
   <si>
     <t>name</t>
   </si>
   <si>
     <t>label_en</t>
   </si>
   <si>
     <t>label_de</t>
   </si>
   <si>
     <t>label_fr</t>
   </si>
   <si>
     <t>label_it</t>
   </si>
   <si>
     <t>label_rm</t>
   </si>
   <si>
     <t>comment_en</t>
   </si>
   <si>
     <t>comment_de</t>
   </si>
   <si>
@@ -1739,57 +1739,60 @@
     <t>linkToStoryChapter</t>
   </si>
   <si>
     <t>Story</t>
   </si>
   <si>
     <t>StoryChapter</t>
   </si>
   <si>
     <t>02. Story Chapter</t>
   </si>
   <si>
     <t>02. Geschichte Kapitel</t>
   </si>
   <si>
     <t>02. Chapitre d'histoire</t>
   </si>
   <si>
     <t>01. Storia</t>
   </si>
   <si>
     <t>02. Capitolo della storia</t>
   </si>
   <si>
     <t>isPartOfStoryChapter</t>
+  </si>
+  <si>
+    <t>hasWikidataLink</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1817,50 +1820,55 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10.199999999999999"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
@@ -3995,144 +4003,144 @@
         <v>86</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>65</v>
       </c>
       <c r="C2">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0A00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:C997"/>
   <sheetViews>
     <sheetView zoomScale="228" zoomScaleNormal="228" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C8" sqref="C8"/>
+      <selection pane="bottomLeft" activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24.1640625" customWidth="1"/>
     <col min="2" max="26" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="B2" s="9">
+        <v>64</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2">
         <v>1</v>
       </c>
-      <c r="C2" s="6">
-[...3 lines deleted...]
-    <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>68</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>67</v>
       </c>
       <c r="C3">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="B4" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C4">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="6" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="9" t="s">
+      <c r="A5" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="B5" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B6" s="11" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="C6" s="10">
+        <v>65</v>
+      </c>
+      <c r="C6">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="13" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="C7" s="10">
+      <c r="C7">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="13" t="s">
-[...5 lines deleted...]
-      <c r="C8" s="10">
+      <c r="A8" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B8" s="9">
+        <v>1</v>
+      </c>
+      <c r="C8">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="9"/>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="9"/>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="9"/>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="9"/>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="9"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="9"/>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="9"/>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
@@ -7060,93 +7068,104 @@
     <row r="990" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B990" s="9"/>
     </row>
     <row r="991" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B991" s="9"/>
     </row>
     <row r="992" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B992" s="9"/>
     </row>
     <row r="993" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B993" s="9"/>
     </row>
     <row r="994" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B994" s="9"/>
     </row>
     <row r="995" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B995" s="9"/>
     </row>
     <row r="996" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B996" s="9"/>
     </row>
     <row r="997" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B997" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:C5" xr:uid="{00000000-0009-0000-0000-00000B000000}"/>
+  <autoFilter ref="A1:C4" xr:uid="{00000000-0009-0000-0000-00000B000000}"/>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0B00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
-  <dimension ref="A1:C2"/>
+  <dimension ref="A1:C3"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E7" sqref="E7"/>
+    <sheetView zoomScale="200" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="12" customWidth="1"/>
+    <col min="1" max="1" width="14.5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>90</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C2">
-        <v>4</v>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" s="6">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0C00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="I51" sqref="I51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
@@ -7156,178 +7175,178 @@
       </c>
       <c r="C1" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0D00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
   <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView zoomScale="218" zoomScaleNormal="218" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="G1" sqref="G1"/>
-      <selection pane="bottomLeft" activeCell="E22" sqref="E22"/>
+      <selection pane="bottomLeft" activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37.1640625" customWidth="1"/>
     <col min="2" max="2" width="11.1640625" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="13" t="s">
         <v>223</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="13" t="s">
         <v>94</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>67</v>
       </c>
-      <c r="C3" s="10">
-        <v>3</v>
+      <c r="C3">
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>140</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C5">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="10" t="s">
         <v>139</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C6">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="13" t="s">
         <v>138</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C7">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="13" t="s">
         <v>136</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C8">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="13" t="s">
         <v>137</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C9">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
         <v>214</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C10">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>141</v>
       </c>
       <c r="B11" s="9">
         <v>1</v>
       </c>
       <c r="C11">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C6" xr:uid="{00000000-0009-0000-0000-00000E000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C11">
       <sortCondition ref="C1:C11"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0E00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06818B77-9189-B942-B04B-BF7677AFF5EE}">
   <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
@@ -8517,173 +8536,183 @@
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="997" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <autoFilter ref="A1:C7" xr:uid="{00000000-0009-0000-0000-00000F000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C10">
       <sortCondition ref="C1:C10"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0F00-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-1000-000000000000}">
-  <dimension ref="A1:C996"/>
+  <dimension ref="A1:C997"/>
   <sheetViews>
-    <sheetView zoomScale="177" zoomScaleNormal="177" workbookViewId="0">
-      <selection activeCell="D11" sqref="D11"/>
+    <sheetView tabSelected="1" zoomScale="177" zoomScaleNormal="177" workbookViewId="0">
+      <selection activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37.5" customWidth="1"/>
     <col min="2" max="26" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>68</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>224</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>65</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>142</v>
+      </c>
+      <c r="B5" s="9">
+        <v>1</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="10" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="11" t="s">
+      <c r="A6" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B6" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="13" t="s">
-        <v>138</v>
+      <c r="A7" s="10" t="s">
+        <v>139</v>
       </c>
       <c r="B7" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="13" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="13" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="6" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A10" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>65</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
     </row>
-    <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B11" s="9">
+        <v>1</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
+      </c>
+    </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="19" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="20" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="21" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="22" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="23" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="25" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="26" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="27" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="28" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="30" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="32" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="33" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="34" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="35" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="36" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -9625,71 +9654,73 @@
     <row r="972" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="973" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="974" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="975" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="976" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="977" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="978" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="979" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="980" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="981" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="982" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="983" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="984" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="985" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="986" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="987" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="988" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="989" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="990" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="991" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="992" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="993" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="994" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="995" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="996" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="997" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <autoFilter ref="A1:C6" xr:uid="{00000000-0009-0000-0000-000010000000}">
-[...1 lines deleted...]
-      <sortCondition ref="C1:C10"/>
+  <autoFilter ref="A1:C7" xr:uid="{00000000-0009-0000-0000-000010000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C11">
+      <sortCondition ref="C1:C11"/>
     </sortState>
   </autoFilter>
+  <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-1000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:C998"/>
+  <dimension ref="A1:C999"/>
   <sheetViews>
     <sheetView zoomScale="228" zoomScaleNormal="228" workbookViewId="0">
-      <selection activeCell="A18" sqref="A18"/>
+      <selection activeCell="A7" sqref="A7:XFD7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.6640625" customWidth="1"/>
     <col min="2" max="2" width="10.5" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="26" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>64</v>
       </c>
@@ -9722,140 +9753,148 @@
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>69</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>70</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
     </row>
-    <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>215</v>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>224</v>
       </c>
       <c r="B7" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
-        <v>71</v>
+        <v>215</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="13" t="s">
-        <v>138</v>
+      <c r="A11" s="6" t="s">
+        <v>73</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="13" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B12" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="13" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="6" t="s">
+      <c r="A14" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="B14" s="9">
+      <c r="B15" s="9">
         <v>1</v>
       </c>
-      <c r="C14" s="6">
-[...4 lines deleted...]
-      <c r="B15" s="9"/>
+      <c r="C15">
+        <v>14</v>
+      </c>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="9"/>
     </row>
     <row r="17" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="9"/>
     </row>
     <row r="18" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="9"/>
     </row>
     <row r="19" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="9"/>
     </row>
     <row r="20" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="9"/>
     </row>
     <row r="21" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="9"/>
     </row>
     <row r="22" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="9"/>
     </row>
     <row r="23" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="9"/>
     </row>
@@ -12762,245 +12801,253 @@
     </row>
     <row r="991" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B991" s="9"/>
     </row>
     <row r="992" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B992" s="9"/>
     </row>
     <row r="993" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B993" s="9"/>
     </row>
     <row r="994" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B994" s="9"/>
     </row>
     <row r="995" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B995" s="9"/>
     </row>
     <row r="996" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B996" s="9"/>
     </row>
     <row r="997" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B997" s="9"/>
     </row>
     <row r="998" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B998" s="9"/>
     </row>
+    <row r="999" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B999" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:C11" xr:uid="{00000000-0009-0000-0000-000001000000}">
-[...1 lines deleted...]
-      <sortCondition ref="C1:C14"/>
+  <autoFilter ref="A1:C12" xr:uid="{00000000-0009-0000-0000-000001000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C15">
+      <sortCondition ref="C1:C15"/>
     </sortState>
   </autoFilter>
+  <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:C15"/>
   <sheetViews>
     <sheetView zoomScale="225" zoomScaleNormal="225" workbookViewId="0">
       <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="25.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="B2" s="9">
+        <v>64</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" s="6">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C3" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="B4" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C4" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C5" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C6" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C7" s="6">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C8" s="6">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C9" s="6">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C10" s="6">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B11" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" s="6">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="B12" s="11" t="s">
         <v>67</v>
       </c>
-      <c r="C11" s="6">
-[...9 lines deleted...]
-      </c>
       <c r="C12" s="6">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="13" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C13" s="6">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="13" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C14" s="6">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A15" s="13" t="s">
-[...3 lines deleted...]
-        <v>65</v>
+      <c r="A15" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B15" s="9">
+        <v>1</v>
       </c>
       <c r="C15" s="6">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:C12" xr:uid="{00000000-0009-0000-0000-000004000000}"/>
+  <autoFilter ref="A1:C12" xr:uid="{00000000-0009-0000-0000-000004000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C15">
+      <sortCondition ref="C1:C15"/>
+    </sortState>
+  </autoFilter>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView zoomScale="165" zoomScaleNormal="165" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
@@ -13013,246 +13060,254 @@
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>74</v>
       </c>
       <c r="B2" s="9">
         <v>1</v>
       </c>
       <c r="C2" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C3" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>70</v>
+      </c>
+      <c r="B4" s="13" t="s">
+        <v>65</v>
       </c>
       <c r="C4" s="6">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="6" t="s">
-[...3 lines deleted...]
-        <v>65</v>
+      <c r="A5" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>67</v>
       </c>
       <c r="C5" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C6" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="13" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C7" s="6">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A8" s="13" t="s">
-[...3 lines deleted...]
-        <v>65</v>
+      <c r="A8" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B8" s="9">
+        <v>1</v>
       </c>
       <c r="C8" s="6">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C8" xr:uid="{00000000-0001-0000-0200-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C8">
       <sortCondition ref="C1:C8"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:C993"/>
+  <dimension ref="A1:C994"/>
   <sheetViews>
     <sheetView zoomScale="228" zoomScaleNormal="228" workbookViewId="0">
-      <selection activeCell="F9" sqref="F9"/>
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.5" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="26" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>142</v>
       </c>
       <c r="B2" s="9">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>67</v>
       </c>
-      <c r="C3" s="6">
+      <c r="C3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
         <v>70</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>65</v>
       </c>
-      <c r="C4" s="10">
+      <c r="C4">
         <v>3</v>
       </c>
     </row>
-    <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>140</v>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>224</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="10" t="s">
-        <v>139</v>
+      <c r="A6" s="6" t="s">
+        <v>140</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="13" t="s">
-[...3 lines deleted...]
-        <v>67</v>
+      <c r="A7" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>65</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="13" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="13" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="6" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="A10" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>65</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="9"/>
+      <c r="A11" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B11" s="9">
+        <v>1</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
+      </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="9"/>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="9"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="9"/>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="9"/>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="9"/>
     </row>
     <row r="17" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="9"/>
     </row>
     <row r="18" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="9"/>
     </row>
     <row r="19" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="9"/>
     </row>
@@ -16156,203 +16211,215 @@
     </row>
     <row r="986" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B986" s="9"/>
     </row>
     <row r="987" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B987" s="9"/>
     </row>
     <row r="988" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B988" s="9"/>
     </row>
     <row r="989" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B989" s="9"/>
     </row>
     <row r="990" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B990" s="9"/>
     </row>
     <row r="991" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B991" s="9"/>
     </row>
     <row r="992" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B992" s="9"/>
     </row>
     <row r="993" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B993" s="9"/>
     </row>
+    <row r="994" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B994" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:C6" xr:uid="{00000000-0009-0000-0000-000003000000}">
-[...1 lines deleted...]
-      <sortCondition ref="C1:C10"/>
+  <autoFilter ref="A1:C7" xr:uid="{00000000-0009-0000-0000-000003000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C11">
+      <sortCondition ref="C1:C11"/>
     </sortState>
   </autoFilter>
+  <phoneticPr fontId="11" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:C998"/>
+  <dimension ref="A1:C999"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="209" zoomScaleNormal="209" workbookViewId="0">
+    <sheetView zoomScale="209" zoomScaleNormal="209" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C6" sqref="C6:C11"/>
+      <selection pane="bottomLeft" activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.1640625" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="26.6640625" customWidth="1"/>
     <col min="2" max="26" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="B2" s="9">
+        <v>64</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" s="6">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C3" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C4" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="B5" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C5" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C6" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C7" s="6">
         <v>6</v>
       </c>
     </row>
-    <row r="8" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>79</v>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A8" t="s">
+        <v>224</v>
       </c>
       <c r="B8" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C8" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="13" t="s">
         <v>138</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C9" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="13" t="s">
         <v>136</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="13" t="s">
         <v>137</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C11" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="9"/>
+      <c r="A12" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B12" s="9">
+        <v>1</v>
+      </c>
+      <c r="C12" s="6">
+        <v>11</v>
+      </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="9"/>
     </row>
     <row r="14" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="9"/>
     </row>
     <row r="15" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="9"/>
     </row>
     <row r="16" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="9"/>
     </row>
     <row r="17" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="9"/>
     </row>
     <row r="18" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="9"/>
     </row>
     <row r="19" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="9"/>
     </row>
     <row r="20" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="9"/>
     </row>
@@ -19253,187 +19320,190 @@
     </row>
     <row r="986" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B986" s="9"/>
     </row>
     <row r="987" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B987" s="9"/>
     </row>
     <row r="988" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B988" s="9"/>
     </row>
     <row r="989" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B989" s="9"/>
     </row>
     <row r="990" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B990" s="9"/>
     </row>
     <row r="991" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B991" s="9"/>
     </row>
     <row r="992" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B992" s="9"/>
     </row>
     <row r="993" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B993" s="9"/>
     </row>
-    <row r="994" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="994" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B994" s="9"/>
+    </row>
     <row r="995" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="996" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="997" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="998" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="999" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <autoFilter ref="A1:C8" xr:uid="{00000000-0009-0000-0000-000005000000}"/>
+  <autoFilter ref="A1:C7" xr:uid="{00000000-0009-0000-0000-000005000000}"/>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="51.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>62</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="B2" s="9">
+        <v>64</v>
+      </c>
+      <c r="B2" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" s="6">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B3" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C3" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="B4" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C4" s="6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="B5" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C5" s="6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="B6" s="9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C6" s="6">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="9" t="s">
+      <c r="A7" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="B7" s="11" t="s">
         <v>67</v>
       </c>
-      <c r="C7" s="6">
-        <v>5</v>
+      <c r="C7" s="10">
+        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="13" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B8" s="11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C8" s="10">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="13" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C9" s="10">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A10" s="13" t="s">
-[...6 lines deleted...]
-        <v>10</v>
+      <c r="A10" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B10" s="9">
+        <v>1</v>
+      </c>
+      <c r="C10" s="6">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C10" xr:uid="{00000000-0001-0000-0600-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C10">
       <sortCondition ref="C1:C10"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
     <hyperlink ref="A1" r:id="rId1" location="resource-cardinalities" xr:uid="{00000000-0004-0000-0600-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:C3"/>
   <sheetViews>
     <sheetView zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>