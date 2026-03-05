--- v0 (2025-12-04)
+++ v1 (2026-03-05)
@@ -1,66 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://outlookuga-my.sharepoint.com/personal/emifrank_uga_edu/Documents/Dimensions/county_geography_info/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://outlookuga-my.sharepoint.com/personal/emifrank_uga_edu/Documents/ga_data_public/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="8_{B5BB5B76-BE60-441B-A5C5-49E8AAABD971}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9EA90A78-2099-4E3E-8E75-19727AA3C0CD}"/>
+  <xr:revisionPtr revIDLastSave="18" documentId="8_{B5BB5B76-BE60-441B-A5C5-49E8AAABD971}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FCF84472-F1B7-44F6-88BF-EAA8F10CF062}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="124519"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2248" uniqueCount="969">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2250" uniqueCount="971">
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Rural (Based on last Decennial Census Value)</t>
   </si>
   <si>
     <t>CountyFips</t>
   </si>
   <si>
     <t>CountyFipsShort</t>
   </si>
   <si>
     <t>RegionalCommission</t>
   </si>
   <si>
     <t>SSDRegion</t>
   </si>
   <si>
     <t>LWDA</t>
   </si>
   <si>
     <t>CountyNumber</t>
   </si>
   <si>
@@ -2923,50 +2936,56 @@
     <t>13319</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>WILKINSON</t>
   </si>
   <si>
     <t>Wilkinson County, Georgia</t>
   </si>
   <si>
     <t>Worth</t>
   </si>
   <si>
     <t>13321</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>WORTH</t>
   </si>
   <si>
     <t>Worth County, Georgia</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>GEORGIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -3279,54 +3298,54 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V160"/>
+  <dimension ref="A1:V161"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="V1" sqref="V1"/>
+    <sheetView tabSelected="1" topLeftCell="A142" workbookViewId="0">
+      <selection activeCell="D172" sqref="D172"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:22" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -14162,50 +14181,67 @@
         <v>541</v>
       </c>
       <c r="O160" t="s">
         <v>45</v>
       </c>
       <c r="P160">
         <v>20784</v>
       </c>
       <c r="Q160">
         <v>1488609392</v>
       </c>
       <c r="R160">
         <v>574.75506346998395</v>
       </c>
       <c r="S160">
         <v>-83.85078184994066</v>
       </c>
       <c r="T160">
         <v>31.551339746583739</v>
       </c>
       <c r="U160" t="s">
         <v>56</v>
       </c>
       <c r="V160">
         <v>3</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>969</v>
+      </c>
+      <c r="C161">
+        <v>13000</v>
+      </c>
+      <c r="D161">
+        <v>0</v>
+      </c>
+      <c r="I161" t="s">
+        <v>970</v>
+      </c>
+      <c r="P161">
+        <v>10711908</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>