--- v0 (2026-01-15)
+++ v1 (2026-02-10)
@@ -462,311 +462,311 @@
           <t>Název</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Cena</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Old Cena</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Delta Cena</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Old Datum</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
-          <t>Last status check on: 15.01.2026 21:19</t>
+          <t>Last status check on: 10.02.2026 18:45</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t xml:space="preserve">TankONO                </t>
         </is>
       </c>
       <c r="B2" t="n">
+        <v>30.9</v>
+      </c>
+      <c r="C2" t="n">
         <v>30.5</v>
       </c>
-      <c r="C2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="n">
-        <v>-0.4</v>
+        <v>0.4</v>
       </c>
       <c r="E2" s="2" t="n">
-        <v>46009.65903935185</v>
+        <v>46045.64688657408</v>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>https://www.tank-ono.cz/cz/index.php?page=cenik</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t xml:space="preserve">Tesco                  </t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>31.3</v>
+        <v>31.6</v>
       </c>
       <c r="C3" t="n">
-        <v>31.29</v>
+        <v>31.61</v>
       </c>
       <c r="D3" t="n">
-        <v>0.01</v>
+        <v>-0.01</v>
       </c>
       <c r="E3" s="2" t="n">
-        <v>46036.81315972222</v>
+        <v>46063.68162037037</v>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>https://mapy.cz/s/mavadopata</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t xml:space="preserve">Globus                 </t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>31.9</v>
       </c>
       <c r="C4" t="n">
-        <v>32.9</v>
+        <v>31.5</v>
       </c>
       <c r="D4" t="n">
-        <v>-1</v>
+        <v>0.4</v>
       </c>
       <c r="E4" s="2" t="n">
-        <v>46024.56418981482</v>
+        <v>46056.51612268519</v>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>https://www.globus.cz/brno/sluzby-a-produkty/cerpaci-stanice-a-myci-linka</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t xml:space="preserve">Makro                  </t>
         </is>
       </c>
       <c r="B5" t="n">
-        <v>30.4</v>
+        <v>30.8</v>
       </c>
       <c r="C5" t="n">
-        <v>31.3</v>
+        <v>31.5</v>
       </c>
       <c r="D5" t="n">
-        <v>-0.9</v>
+        <v>-0.7</v>
       </c>
       <c r="E5" s="2" t="n">
-        <v>46037.09447916667</v>
+        <v>46044.12869212963</v>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>https://mapy.cz/s/lopagokoha</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t xml:space="preserve">Shell Olomoucká        </t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>34.9</v>
       </c>
       <c r="C6" t="n">
-        <v>34.5</v>
+        <v>34.89</v>
       </c>
       <c r="D6" t="n">
-        <v>0.4</v>
+        <v>0.01</v>
       </c>
       <c r="E6" s="2" t="n">
-        <v>46037.49346064815</v>
+        <v>46058.4102662037</v>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>https://mapy.cz/s/megolelafe</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t xml:space="preserve">MOL Olomoucká          </t>
         </is>
       </c>
       <c r="B7" t="n">
+        <v>34.9</v>
+      </c>
+      <c r="C7" t="n">
         <v>34.5</v>
       </c>
-      <c r="C7" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="n">
-        <v>-0.01</v>
+        <v>0.4</v>
       </c>
       <c r="E7" s="2" t="n">
-        <v>46029.28428240741</v>
+        <v>46052.66358796296</v>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>https://mapy.cz/s/kepegubeve</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t xml:space="preserve">Benzina Albert Modřice </t>
         </is>
       </c>
       <c r="B8" t="n">
+        <v>31.5</v>
+      </c>
+      <c r="C8" t="n">
         <v>30.9</v>
       </c>
-      <c r="C8" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="n">
-        <v>-0.6</v>
+        <v>0.6</v>
       </c>
       <c r="E8" s="2" t="n">
-        <v>46008.39144675926</v>
+        <v>46055.7386574074</v>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>https://bit.ly/3ltfpd1</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t xml:space="preserve">OMV IKEA               </t>
         </is>
       </c>
       <c r="B9" t="n">
+        <v>34.9</v>
+      </c>
+      <c r="C9" t="n">
         <v>34.5</v>
       </c>
-      <c r="C9" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="n">
-        <v>1</v>
+        <v>0.4</v>
       </c>
       <c r="E9" s="2" t="n">
-        <v>46035.43375</v>
+        <v>46059.52054398148</v>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>https://mapy.cz/s/jatejehoda</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t xml:space="preserve">EuroOil Opuštěná       </t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>33.5</v>
       </c>
       <c r="C10" t="n">
-        <v>33.9</v>
+        <v>33.49</v>
       </c>
       <c r="D10" t="n">
-        <v>-0.4</v>
+        <v>0.01</v>
       </c>
       <c r="E10" s="2" t="n">
-        <v>46011.93686342592</v>
+        <v>46058.37481481482</v>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>https://mapy.cz/s/cutobofugo</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t xml:space="preserve">AVIA                   </t>
         </is>
       </c>
       <c r="B11" t="n">
+        <v>31</v>
+      </c>
+      <c r="C11" t="n">
         <v>30.6</v>
       </c>
-      <c r="C11" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="n">
-        <v>-0.4</v>
+        <v>0.4</v>
       </c>
       <c r="E11" s="2" t="n">
-        <v>46012.58785879629</v>
+        <v>46047.39</v>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>https://bit.ly/3wIivSA</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t xml:space="preserve">Eurobit                </t>
         </is>
       </c>
       <c r="B12" t="n">
-        <v>30.9</v>
+        <v>31.9</v>
       </c>
       <c r="C12" t="n">
-        <v>33.5</v>
+        <v>31.5</v>
       </c>
       <c r="D12" t="n">
-        <v>-2.6</v>
+        <v>0.4</v>
       </c>
       <c r="E12" s="2" t="n">
-        <v>46027.39996527778</v>
+        <v>46061.88949074074</v>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>https://www.eurobit.cz/ceny</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>