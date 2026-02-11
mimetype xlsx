--- v1 (2026-02-10)
+++ v2 (2026-02-11)
@@ -462,51 +462,51 @@
           <t>Název</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Cena</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Old Cena</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Delta Cena</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Old Datum</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
-          <t>Last status check on: 10.02.2026 18:45</t>
+          <t>Last status check on: 11.02.2026 08:35</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t xml:space="preserve">TankONO                </t>
         </is>
       </c>
       <c r="B2" t="n">
         <v>30.9</v>
       </c>
       <c r="C2" t="n">
         <v>30.5</v>
       </c>
       <c r="D2" t="n">
         <v>0.4</v>
       </c>
       <c r="E2" s="2" t="n">
         <v>46045.64688657408</v>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>https://www.tank-ono.cz/cz/index.php?page=cenik</t>
         </is>