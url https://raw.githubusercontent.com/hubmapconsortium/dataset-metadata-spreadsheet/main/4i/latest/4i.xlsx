--- v0 (2025-10-27)
+++ v1 (2026-02-22)
@@ -234,51 +234,51 @@
         <t>Specifies a semicolon-separated list of non-global files that are to be included
 in the dataset. The file paths assume that the files are located in the
 "TOP/non-global/" directory. For instance, if the file is located at
 TOP/non-global/lab_processed/images/1-tissue-boundary.geojson, the value for
 this field would be "./lab_processed/images/1-tissue-boundary.geojson". Once
 ingested, these files will be copied to their appropriate locations within the
 respective dataset directory tree. This field is intended for internal HuBMAP
 processing. Examples for GeoMx and PhenoCycler are provided in the File
 Locations documentation:
 https://docs.google.com/document/d/1n2McSs9geA9Eli4QWQaB3c9R3wo5d5U1Xd57DWQfN5Q/edit#heading=h.1u82i4axggee
 Example: ./lab_processed/images/1-tissue-boundary.geojson</t>
       </text>
     </comment>
     <comment ref="X1" authorId="1">
       <text>
         <t>(Required) The unique string identifier for the metadata specification version,
 which is easily interpretable by computers for purposes of data validation and
 processing. Example: 22bc762a-5020-419d-b170-24253ed9e8d9</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="412">
   <si>
     <t>parent_sample_id</t>
   </si>
   <si>
     <t>lab_id</t>
   </si>
   <si>
     <t>preparation_protocol_doi</t>
   </si>
   <si>
     <t>dataset_type</t>
   </si>
   <si>
     <t>HiFi-Slide</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000195</t>
   </si>
   <si>
     <t>SNARE-seq2</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000264</t>
   </si>
   <si>
@@ -302,50 +302,56 @@
   <si>
     <t>Confocal</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000206</t>
   </si>
   <si>
     <t>Stereo-seq</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000385</t>
   </si>
   <si>
     <t>Visium (with probes)</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000303</t>
   </si>
   <si>
     <t>Molecular Cartography</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000217</t>
   </si>
   <si>
+    <t>Virtual Histology</t>
+  </si>
+  <si>
+    <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000473</t>
+  </si>
+  <si>
     <t>DBiT-seq</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000428</t>
   </si>
   <si>
     <t>Seq-Scope</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000390</t>
   </si>
   <si>
     <t>CosMx Transcriptomics</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000218</t>
   </si>
   <si>
     <t>CyCIF</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000200</t>
   </si>
   <si>
     <t>Light Sheet</t>
@@ -530,89 +536,107 @@
   <si>
     <t>RNAseq</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000310</t>
   </si>
   <si>
     <t>LC-MS</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000194</t>
   </si>
   <si>
     <t>nanoSPLITS</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000312</t>
   </si>
   <si>
     <t>GeoMx (nCounter)</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000301</t>
   </si>
   <si>
+    <t>Raman Imaging</t>
+  </si>
+  <si>
+    <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000475</t>
+  </si>
+  <si>
     <t>RNAseq (with probes)</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000311</t>
   </si>
   <si>
     <t>MS Lipidomics</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000405</t>
   </si>
   <si>
+    <t>STARmap</t>
+  </si>
+  <si>
+    <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000476</t>
+  </si>
+  <si>
     <t>MPLEx</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000448</t>
   </si>
   <si>
     <t>analyte_class</t>
   </si>
   <si>
     <t>DNA + RNA</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000327</t>
   </si>
   <si>
     <t>Nucleic acid + protein</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000273</t>
   </si>
   <si>
     <t>Chromatin</t>
   </si>
   <si>
     <t>http://ncicb.nci.nih.gov/xml/owl/EVS/Thesaurus.owl#C13201</t>
   </si>
   <si>
+    <t>RNA + protein</t>
+  </si>
+  <si>
+    <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000474</t>
+  </si>
+  <si>
     <t>RNA</t>
   </si>
   <si>
     <t>http://ncicb.nci.nih.gov/xml/owl/EVS/Thesaurus.owl#C812</t>
   </si>
   <si>
     <t>Metabolite</t>
   </si>
   <si>
     <t>http://ncicb.nci.nih.gov/xml/owl/EVS/Thesaurus.owl#C61154</t>
   </si>
   <si>
     <t>Unsaturated lipid</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000389</t>
   </si>
   <si>
     <t>Lipid + metabolite</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000401</t>
   </si>
   <si>
     <t>Saturated lipid</t>
@@ -749,50 +773,56 @@
   <si>
     <t>Andor</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023609</t>
   </si>
   <si>
     <t>Huron Digital Pathology</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_024996</t>
   </si>
   <si>
     <t>Illumina</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_010233</t>
   </si>
   <si>
     <t>Ionpath</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023605</t>
   </si>
   <si>
+    <t>Waters</t>
+  </si>
+  <si>
+    <t>https://identifiers.org/RRID:SCR_024589</t>
+  </si>
+  <si>
     <t>In-House</t>
   </si>
   <si>
     <t>http://ncicb.nci.nih.gov/xml/owl/EVS/Thesaurus.owl#C126386</t>
   </si>
   <si>
     <t>Resolve Biosciences</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023911</t>
   </si>
   <si>
     <t>Singular Genomics</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026683</t>
   </si>
   <si>
     <t>Vizgen</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026274</t>
   </si>
   <si>
     <t>Standard BioTools (Fluidigm)</t>
@@ -809,50 +839,56 @@
   <si>
     <t>Bruker</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_017365</t>
   </si>
   <si>
     <t>Evident Scientific (Olympus)</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_024782</t>
   </si>
   <si>
     <t>Keyence</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023604</t>
   </si>
   <si>
     <t>Leica Biosystems</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023603</t>
   </si>
   <si>
+    <t>Revvity</t>
+  </si>
+  <si>
+    <t>https://identifiers.org/RRID:SCR_027779</t>
+  </si>
+  <si>
     <t>Cytek Biosciences</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_027071</t>
   </si>
   <si>
     <t>10x Genomics</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023672</t>
   </si>
   <si>
     <t>Microscopes International</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_027094</t>
   </si>
   <si>
     <t>Hamamatsu</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_017105</t>
   </si>
   <si>
     <t>Motic</t>
@@ -938,92 +974,110 @@
   <si>
     <t>DNBSEQ-T7</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_024847</t>
   </si>
   <si>
     <t>timsTOF Pro</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026544</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>http://ncicb.nci.nih.gov/xml/owl/EVS/Thesaurus.owl#C17998</t>
   </si>
   <si>
     <t>AVITI</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026452</t>
   </si>
   <si>
+    <t>DMi8</t>
+  </si>
+  <si>
+    <t>https://identifiers.org/RRID:SCR_026672</t>
+  </si>
+  <si>
+    <t>Opera Phenix Plus HCS</t>
+  </si>
+  <si>
+    <t>https://identifiers.org/RRID:SCR_027780</t>
+  </si>
+  <si>
     <t>timsTOF Pro 2</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026545</t>
   </si>
   <si>
     <t>Q Exactive UHMR</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_020571</t>
   </si>
   <si>
     <t>Q Exactive</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_020565</t>
   </si>
   <si>
     <t>timsTOF SCP</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026542</t>
   </si>
   <si>
     <t>Zyla 4.2 sCMOS</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023610</t>
   </si>
   <si>
     <t>Helios</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_019916</t>
   </si>
   <si>
     <t>uScopeHXII-20</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_027101</t>
   </si>
   <si>
+    <t>Orbitrap Fusion Tribrid</t>
+  </si>
+  <si>
+    <t>https://identifiers.org/RRID:SCR_020559</t>
+  </si>
+  <si>
     <t>Custom: Multiphoton</t>
   </si>
   <si>
     <t>https://purl.humanatlas.io/vocab/hravs#HRAVS_0000317</t>
   </si>
   <si>
     <t>QTRAP 5500</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_020517</t>
   </si>
   <si>
     <t>timsTOF Ultra</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026540</t>
   </si>
   <si>
     <t>BZ-X800</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023617</t>
   </si>
   <si>
     <t>CyTOF 2</t>
@@ -1106,50 +1160,62 @@
   <si>
     <t>NanoZoomer S210</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023760</t>
   </si>
   <si>
     <t>BZ-X810</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_025160</t>
   </si>
   <si>
     <t>Axio Observer 7</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023694</t>
   </si>
   <si>
     <t>Cytek Northern Lights</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_027072</t>
   </si>
   <si>
+    <t>Opera Phenix HCS</t>
+  </si>
+  <si>
+    <t>https://identifiers.org/RRID:SCR_027817</t>
+  </si>
+  <si>
+    <t>Zeiss LightSheet Z.1</t>
+  </si>
+  <si>
+    <t>https://identifiers.org/RRID:SCR_020919</t>
+  </si>
+  <si>
     <t>IN Cell Analyzer 2200</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023616</t>
   </si>
   <si>
     <t>timsTOF HT</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026543</t>
   </si>
   <si>
     <t>PhenoImager Fusion</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023274</t>
   </si>
   <si>
     <t>DM6 B</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_024857</t>
   </si>
   <si>
     <t>Phenocycler-Fusion 2.0</t>
@@ -1247,50 +1313,56 @@
   <si>
     <t>solariX</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_027095</t>
   </si>
   <si>
     <t>Panoramic 150 Digital Scanner</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_027467</t>
   </si>
   <si>
     <t>Aperio AT2</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_021256</t>
   </si>
   <si>
     <t>MIBIscope</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023613</t>
   </si>
   <si>
+    <t>SYNAPT G2-Si</t>
+  </si>
+  <si>
+    <t>https://identifiers.org/RRID:SCR_027782</t>
+  </si>
+  <si>
     <t>Biomark HD</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_022658</t>
   </si>
   <si>
     <t>NanoZoomer S60</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023762</t>
   </si>
   <si>
     <t>CosMx Spatial Molecular Imager</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_023909</t>
   </si>
   <si>
     <t>MERSCOPE Ultra</t>
   </si>
   <si>
     <t>https://identifiers.org/RRID:SCR_026273</t>
   </si>
   <si>
     <t>Axio Scan.Z1</t>
@@ -1391,51 +1463,51 @@
   <si>
     <t>non_global_files</t>
   </si>
   <si>
     <t>metadata_schema_id</t>
   </si>
   <si>
     <t>61336882-43d2-485b-9dda-3f8fb16dcb06</t>
   </si>
   <si>
     <t>schema:title</t>
   </si>
   <si>
     <t>4i (Iterative Indirect Immunofluorescence Imaging)</t>
   </si>
   <si>
     <t>pav:version</t>
   </si>
   <si>
     <t>2.0.0</t>
   </si>
   <si>
     <t>pav:createdOn</t>
   </si>
   <si>
-    <t>2025-10-17T13:44:31-07:00</t>
+    <t>2025-12-17T13:03:02-08:00</t>
   </si>
   <si>
     <t>pav:derivedFrom</t>
   </si>
   <si>
     <t>https://repo.metadatacenter.org/templates/61336882-43d2-485b-9dda-3f8fb16dcb06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode=""/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
@@ -1541,175 +1613,175 @@
     <col min="16" max="16" style="17" width="18.0078125" customWidth="true" bestFit="true"/>
     <col min="17" max="17" style="18" width="16.76953125" customWidth="true" bestFit="true"/>
     <col min="18" max="18" style="19" width="31.0546875" customWidth="true" bestFit="true"/>
     <col min="19" max="19" style="20" width="26.6640625" customWidth="true" bestFit="true"/>
     <col min="20" max="20" style="21" width="6.7421875" customWidth="true" bestFit="true"/>
     <col min="21" max="21" style="22" width="24.71875" customWidth="true" bestFit="true"/>
     <col min="22" max="22" style="23" width="19.68359375" customWidth="true" bestFit="true"/>
     <col min="23" max="23" style="24" width="13.33984375" customWidth="true" bestFit="true"/>
     <col min="24" max="24" style="25" width="16.91796875" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="1">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="F1" t="s" s="1">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="G1" t="s" s="1">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H1" t="s" s="1">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="I1" t="s" s="1">
-        <v>353</v>
+        <v>377</v>
       </c>
       <c r="J1" t="s" s="1">
-        <v>354</v>
+        <v>378</v>
       </c>
       <c r="K1" t="s" s="1">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="L1" t="s" s="1">
-        <v>366</v>
+        <v>390</v>
       </c>
       <c r="M1" t="s" s="1">
-        <v>367</v>
+        <v>391</v>
       </c>
       <c r="N1" t="s" s="1">
-        <v>368</v>
+        <v>392</v>
       </c>
       <c r="O1" t="s" s="1">
-        <v>369</v>
+        <v>393</v>
       </c>
       <c r="P1" t="s" s="1">
-        <v>370</v>
+        <v>394</v>
       </c>
       <c r="Q1" t="s" s="1">
-        <v>371</v>
+        <v>395</v>
       </c>
       <c r="R1" t="s" s="1">
-        <v>372</v>
+        <v>396</v>
       </c>
       <c r="S1" t="s" s="1">
-        <v>373</v>
+        <v>397</v>
       </c>
       <c r="T1" t="s" s="1">
-        <v>374</v>
+        <v>398</v>
       </c>
       <c r="U1" t="s" s="1">
-        <v>375</v>
+        <v>399</v>
       </c>
       <c r="V1" t="s" s="1">
-        <v>376</v>
+        <v>400</v>
       </c>
       <c r="W1" t="s" s="1">
-        <v>377</v>
+        <v>401</v>
       </c>
       <c r="X1" t="s" s="1">
-        <v>378</v>
+        <v>402</v>
       </c>
     </row>
     <row r="2">
       <c r="D2" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="X2" t="s" s="25">
-        <v>379</v>
+        <v>403</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="13">
     <dataValidation type="list" sqref="D2:D1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="" showErrorMessage="true">
-      <formula1>'dataset_type'!$A$1:$A$50</formula1>
+      <formula1>'dataset_type'!$A$1:$A$53</formula1>
     </dataValidation>
     <dataValidation type="list" sqref="E2:E1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="" showErrorMessage="true">
-      <formula1>'analyte_class'!$A$1:$A$16</formula1>
+      <formula1>'analyte_class'!$A$1:$A$17</formula1>
     </dataValidation>
     <dataValidation type="list" sqref="F2:F1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="" showErrorMessage="true">
       <formula1>'is_targeted'!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" sqref="G2:G1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="" showErrorMessage="true">
-      <formula1>'acquisition_instrument_vendor'!$A$1:$A$30</formula1>
+      <formula1>'acquisition_instrument_vendor'!$A$1:$A$32</formula1>
     </dataValidation>
     <dataValidation type="list" sqref="H2:H1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="" showErrorMessage="true">
-      <formula1>'acquisition_instrument_model'!$A$1:$A$77</formula1>
+      <formula1>'acquisition_instrument_model'!$A$1:$A$83</formula1>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" sqref="I2:I1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="Value should be greater than 0" showErrorMessage="true">
       <formula1>0</formula1>
       <formula2/>
     </dataValidation>
     <dataValidation type="list" sqref="J2:J1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="" showErrorMessage="true">
       <formula1>'source_storage_duration_unit'!$A$1:$A$5</formula1>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" sqref="K2:K1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="Value should be greater than 0" showErrorMessage="true">
       <formula1>0</formula1>
       <formula2/>
     </dataValidation>
     <dataValidation type="list" sqref="L2:L1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="" showErrorMessage="true">
       <formula1>'time_since_acquisition_instrume'!$A$1:$A$3</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" sqref="P2:P1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="Value should be greater than 0" showErrorMessage="true">
       <formula1>0</formula1>
       <formula2/>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" sqref="Q2:Q1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="Value should be greater than 0" showErrorMessage="true">
       <formula1>0</formula1>
       <formula2/>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" sqref="R2:R1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="Value should be greater than 0" showErrorMessage="true">
       <formula1>0</formula1>
       <formula2/>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" sqref="S2:S1001" allowBlank="true" errorStyle="stop" errorTitle="Validation Error" error="Value should be greater than 0" showErrorMessage="true">
       <formula1>0</formula1>
       <formula2/>
     </dataValidation>
   </dataValidations>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B50"/>
+  <dimension ref="A1:B53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
         <v>4</v>
       </c>
       <c r="B1" t="s" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>6</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>7</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
         <v>8</v>
       </c>
@@ -2071,1225 +2143,1321 @@
     </row>
     <row r="48">
       <c r="A48" t="s" s="0">
         <v>98</v>
       </c>
       <c r="B48" t="s" s="0">
         <v>99</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s" s="0">
         <v>100</v>
       </c>
       <c r="B49" t="s" s="0">
         <v>101</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s" s="0">
         <v>102</v>
       </c>
       <c r="B50" t="s" s="0">
         <v>103</v>
       </c>
     </row>
+    <row r="51">
+      <c r="A51" t="s" s="0">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s" s="0">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s" s="0">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s" s="0">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s" s="0">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s" s="0">
+        <v>109</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B16"/>
+  <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B1" t="s" s="0">
-        <v>106</v>
+        <v>112</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B2" t="s" s="0">
-        <v>108</v>
+        <v>114</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="B3" t="s" s="0">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="0">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B4" t="s" s="0">
-        <v>112</v>
+        <v>118</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="0">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B5" t="s" s="0">
-        <v>114</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="0">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B6" t="s" s="0">
-        <v>116</v>
+        <v>122</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="0">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="B7" t="s" s="0">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="0">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B8" t="s" s="0">
-        <v>120</v>
+        <v>126</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="0">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B9" t="s" s="0">
-        <v>122</v>
+        <v>128</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="0">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B10" t="s" s="0">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="0">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B11" t="s" s="0">
-        <v>126</v>
+        <v>132</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="0">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B12" t="s" s="0">
-        <v>128</v>
+        <v>134</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="0">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B13" t="s" s="0">
-        <v>130</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="0">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="B14" t="s" s="0">
-        <v>132</v>
+        <v>138</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="0">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B15" t="s" s="0">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="0">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B16" t="s" s="0">
-        <v>136</v>
+        <v>142</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s" s="0">
+        <v>143</v>
+      </c>
+      <c r="B17" t="s" s="0">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
-        <v>138</v>
+        <v>146</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>139</v>
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B30"/>
+  <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="B1" t="s" s="0">
-        <v>142</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="B2" t="s" s="0">
-        <v>144</v>
+        <v>152</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="B3" t="s" s="0">
-        <v>146</v>
+        <v>154</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="0">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="B4" t="s" s="0">
-        <v>148</v>
+        <v>156</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="0">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="B5" t="s" s="0">
-        <v>150</v>
+        <v>158</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="0">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="B6" t="s" s="0">
-        <v>152</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="0">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="B7" t="s" s="0">
-        <v>154</v>
+        <v>162</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="0">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B8" t="s" s="0">
-        <v>156</v>
+        <v>164</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="0">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="B9" t="s" s="0">
-        <v>158</v>
+        <v>166</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="0">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="B10" t="s" s="0">
-        <v>160</v>
+        <v>168</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="0">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="B11" t="s" s="0">
-        <v>162</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="0">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="B12" t="s" s="0">
-        <v>164</v>
+        <v>172</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="0">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="B13" t="s" s="0">
-        <v>166</v>
+        <v>174</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="0">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="B14" t="s" s="0">
-        <v>168</v>
+        <v>176</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="0">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="B15" t="s" s="0">
-        <v>170</v>
+        <v>178</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="0">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="B16" t="s" s="0">
-        <v>172</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="0">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="B17" t="s" s="0">
-        <v>174</v>
+        <v>182</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="0">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="B18" t="s" s="0">
-        <v>176</v>
+        <v>184</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="0">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="B19" t="s" s="0">
-        <v>178</v>
+        <v>186</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="0">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="B20" t="s" s="0">
-        <v>180</v>
+        <v>188</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="0">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="B21" t="s" s="0">
-        <v>182</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="0">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="B22" t="s" s="0">
-        <v>184</v>
+        <v>192</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s" s="0">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="B23" t="s" s="0">
-        <v>186</v>
+        <v>194</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s" s="0">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="B24" t="s" s="0">
-        <v>188</v>
+        <v>196</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s" s="0">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="B25" t="s" s="0">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s" s="0">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B26" t="s" s="0">
-        <v>192</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s" s="0">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="B27" t="s" s="0">
-        <v>194</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="0">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s" s="0">
-        <v>196</v>
+        <v>204</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="0">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="B29" t="s" s="0">
-        <v>198</v>
+        <v>206</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="0">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s" s="0">
-        <v>200</v>
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s" s="0">
+        <v>209</v>
+      </c>
+      <c r="B31" t="s" s="0">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s" s="0">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s" s="0">
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:B77"/>
+  <dimension ref="A1:B83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B1" t="s" s="0">
-        <v>203</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s" s="0">
-        <v>205</v>
+        <v>217</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="B3" t="s" s="0">
-        <v>207</v>
+        <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="0">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s" s="0">
-        <v>209</v>
+        <v>221</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="0">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="B5" t="s" s="0">
-        <v>211</v>
+        <v>223</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s" s="0">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="B6" t="s" s="0">
-        <v>213</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="0">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="B7" t="s" s="0">
-        <v>215</v>
+        <v>227</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s" s="0">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="B8" t="s" s="0">
-        <v>217</v>
+        <v>229</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="0">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="B9" t="s" s="0">
-        <v>219</v>
+        <v>231</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s" s="0">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="B10" t="s" s="0">
-        <v>221</v>
+        <v>233</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s" s="0">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="B11" t="s" s="0">
-        <v>223</v>
+        <v>235</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="0">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="B12" t="s" s="0">
-        <v>225</v>
+        <v>237</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s" s="0">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="B13" t="s" s="0">
-        <v>227</v>
+        <v>239</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s" s="0">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="B14" t="s" s="0">
-        <v>229</v>
+        <v>241</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s" s="0">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="B15" t="s" s="0">
-        <v>231</v>
+        <v>243</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s" s="0">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="B16" t="s" s="0">
-        <v>233</v>
+        <v>245</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="0">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="B17" t="s" s="0">
-        <v>235</v>
+        <v>247</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s" s="0">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="B18" t="s" s="0">
-        <v>237</v>
+        <v>249</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s" s="0">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="B19" t="s" s="0">
-        <v>239</v>
+        <v>251</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="0">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="B20" t="s" s="0">
-        <v>241</v>
+        <v>253</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="0">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="B21" t="s" s="0">
-        <v>243</v>
+        <v>255</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="0">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="B22" t="s" s="0">
-        <v>245</v>
+        <v>257</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s" s="0">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="B23" t="s" s="0">
-        <v>247</v>
+        <v>259</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s" s="0">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="B24" t="s" s="0">
-        <v>249</v>
+        <v>261</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s" s="0">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="B25" t="s" s="0">
-        <v>251</v>
+        <v>263</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s" s="0">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="B26" t="s" s="0">
-        <v>253</v>
+        <v>265</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s" s="0">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="B27" t="s" s="0">
-        <v>255</v>
+        <v>267</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s" s="0">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="B28" t="s" s="0">
-        <v>257</v>
+        <v>269</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s" s="0">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="B29" t="s" s="0">
-        <v>259</v>
+        <v>271</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s" s="0">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="B30" t="s" s="0">
-        <v>261</v>
+        <v>273</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s" s="0">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="B31" t="s" s="0">
-        <v>263</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="0">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="B32" t="s" s="0">
-        <v>265</v>
+        <v>277</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s" s="0">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="B33" t="s" s="0">
-        <v>267</v>
+        <v>279</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s" s="0">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="B34" t="s" s="0">
-        <v>269</v>
+        <v>281</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s" s="0">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="B35" t="s" s="0">
-        <v>271</v>
+        <v>283</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="0">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="B36" t="s" s="0">
-        <v>273</v>
+        <v>285</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s" s="0">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="B37" t="s" s="0">
-        <v>275</v>
+        <v>287</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="0">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="B38" t="s" s="0">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s" s="0">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="B39" t="s" s="0">
-        <v>279</v>
+        <v>291</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s" s="0">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="B40" t="s" s="0">
-        <v>281</v>
+        <v>293</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s" s="0">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="B41" t="s" s="0">
-        <v>283</v>
+        <v>295</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s" s="0">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="B42" t="s" s="0">
-        <v>285</v>
+        <v>297</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s" s="0">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="B43" t="s" s="0">
-        <v>287</v>
+        <v>299</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s" s="0">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="B44" t="s" s="0">
-        <v>289</v>
+        <v>301</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s" s="0">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="B45" t="s" s="0">
-        <v>291</v>
+        <v>303</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s" s="0">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="B46" t="s" s="0">
-        <v>293</v>
+        <v>305</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s" s="0">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="B47" t="s" s="0">
-        <v>295</v>
+        <v>307</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="0">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="B48" t="s" s="0">
-        <v>297</v>
+        <v>309</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s" s="0">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="B49" t="s" s="0">
-        <v>299</v>
+        <v>311</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s" s="0">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="B50" t="s" s="0">
-        <v>301</v>
+        <v>313</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s" s="0">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="B51" t="s" s="0">
-        <v>303</v>
+        <v>315</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s" s="0">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="B52" t="s" s="0">
-        <v>305</v>
+        <v>317</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s" s="0">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="B53" t="s" s="0">
-        <v>307</v>
+        <v>319</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s" s="0">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="B54" t="s" s="0">
-        <v>309</v>
+        <v>321</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s" s="0">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="B55" t="s" s="0">
-        <v>311</v>
+        <v>323</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s" s="0">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="B56" t="s" s="0">
-        <v>313</v>
+        <v>325</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s" s="0">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="B57" t="s" s="0">
-        <v>315</v>
+        <v>327</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s" s="0">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="B58" t="s" s="0">
-        <v>317</v>
+        <v>329</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s" s="0">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="B59" t="s" s="0">
-        <v>319</v>
+        <v>331</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s" s="0">
-        <v>68</v>
+        <v>332</v>
       </c>
       <c r="B60" t="s" s="0">
-        <v>320</v>
+        <v>333</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s" s="0">
-        <v>321</v>
+        <v>334</v>
       </c>
       <c r="B61" t="s" s="0">
-        <v>322</v>
+        <v>335</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s" s="0">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="B62" t="s" s="0">
-        <v>324</v>
+        <v>337</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s" s="0">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="B63" t="s" s="0">
-        <v>326</v>
+        <v>339</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s" s="0">
-        <v>171</v>
+        <v>340</v>
       </c>
       <c r="B64" t="s" s="0">
-        <v>172</v>
+        <v>341</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s" s="0">
-        <v>327</v>
+        <v>70</v>
       </c>
       <c r="B65" t="s" s="0">
-        <v>328</v>
+        <v>342</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s" s="0">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="B66" t="s" s="0">
-        <v>330</v>
+        <v>344</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s" s="0">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="B67" t="s" s="0">
-        <v>332</v>
+        <v>346</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s" s="0">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="B68" t="s" s="0">
-        <v>334</v>
+        <v>348</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s" s="0">
-        <v>335</v>
+        <v>181</v>
       </c>
       <c r="B69" t="s" s="0">
-        <v>336</v>
+        <v>182</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s" s="0">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="B70" t="s" s="0">
-        <v>338</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s" s="0">
-        <v>339</v>
+        <v>351</v>
       </c>
       <c r="B71" t="s" s="0">
-        <v>340</v>
+        <v>352</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s" s="0">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="B72" t="s" s="0">
-        <v>342</v>
+        <v>354</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s" s="0">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="B73" t="s" s="0">
-        <v>344</v>
+        <v>356</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s" s="0">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="B74" t="s" s="0">
-        <v>346</v>
+        <v>358</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s" s="0">
-        <v>347</v>
+        <v>359</v>
       </c>
       <c r="B75" t="s" s="0">
-        <v>348</v>
+        <v>360</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s" s="0">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="B76" t="s" s="0">
-        <v>350</v>
+        <v>362</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s" s="0">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="B77" t="s" s="0">
-        <v>352</v>
+        <v>364</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s" s="0">
+        <v>365</v>
+      </c>
+      <c r="B78" t="s" s="0">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s" s="0">
+        <v>367</v>
+      </c>
+      <c r="B79" t="s" s="0">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s" s="0">
+        <v>369</v>
+      </c>
+      <c r="B80" t="s" s="0">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s" s="0">
+        <v>371</v>
+      </c>
+      <c r="B81" t="s" s="0">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s" s="0">
+        <v>373</v>
+      </c>
+      <c r="B82" t="s" s="0">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s" s="0">
+        <v>375</v>
+      </c>
+      <c r="B83" t="s" s="0">
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
-        <v>355</v>
+        <v>379</v>
       </c>
       <c r="B1" t="s" s="0">
-        <v>356</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>357</v>
+        <v>381</v>
       </c>
       <c r="B2" t="s" s="0">
-        <v>358</v>
+        <v>382</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
-        <v>359</v>
+        <v>383</v>
       </c>
       <c r="B3" t="s" s="0">
-        <v>360</v>
+        <v>384</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s" s="0">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="B4" t="s" s="0">
-        <v>362</v>
+        <v>386</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s" s="0">
-        <v>363</v>
+        <v>387</v>
       </c>
       <c r="B5" t="s" s="0">
-        <v>364</v>
+        <v>388</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
-        <v>357</v>
+        <v>381</v>
       </c>
       <c r="B1" t="s" s="0">
-        <v>358</v>
+        <v>382</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>359</v>
+        <v>383</v>
       </c>
       <c r="B2" t="s" s="0">
-        <v>360</v>
+        <v>384</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s" s="0">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="B3" t="s" s="0">
-        <v>362</v>
+        <v>386</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.65234375" customWidth="true" bestFit="true"/>
     <col min="2" max="2" width="9.65234375" customWidth="true" bestFit="true"/>
     <col min="3" max="3" width="24.1484375" customWidth="true" bestFit="true"/>
     <col min="4" max="4" width="69.76171875" customWidth="true" bestFit="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="0">
-        <v>380</v>
+        <v>404</v>
       </c>
       <c r="B1" t="s" s="0">
-        <v>382</v>
+        <v>406</v>
       </c>
       <c r="C1" t="s" s="0">
-        <v>384</v>
+        <v>408</v>
       </c>
       <c r="D1" t="s" s="0">
-        <v>386</v>
+        <v>410</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
-        <v>381</v>
+        <v>405</v>
       </c>
       <c r="B2" t="s" s="0">
-        <v>383</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s" s="0">
-        <v>385</v>
+        <v>409</v>
       </c>
       <c r="D2" t="s" s="0">
-        <v>387</v>
+        <v>411</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>