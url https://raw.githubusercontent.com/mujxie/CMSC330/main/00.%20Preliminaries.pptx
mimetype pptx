--- v0 (2026-01-27)
+++ v1 (2026-02-24)
@@ -234,61 +234,61 @@
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{624C4EC0-98BF-4B43-BAC7-2771F0A0345D}" v="12" dt="2026-01-23T18:22:50.776"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15621"/>
-    <p:restoredTop sz="94658"/>
+    <p:restoredLeft sz="15611"/>
+    <p:restoredTop sz="94654"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="104" d="100"/>
-          <a:sy n="104" d="100"/>
+          <a:sx n="136" d="100"/>
+          <a:sy n="136" d="100"/>
         </p:scale>
-        <p:origin x="232" y="544"/>
+        <p:origin x="728" y="200"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Jingnan Xie" userId="5c2f28a1-79a3-4aeb-a5f1-26f53b743562" providerId="ADAL" clId="{99442E2A-D9CC-5B17-AA62-8A182CB6386A}"/>
@@ -12742,51 +12742,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{9AB3A824-1A51-4B26-AD58-A6D8E14F6C04}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -13076,51 +13076,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D857E33E-8B18-4087-B112-809917729534}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -13378,51 +13378,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{D3FFE419-2371-464F-8239-3959401C3561}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -13651,51 +13651,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{97D162C4-EDD9-4389-A98B-B87ECEA2A816}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -14058,51 +14058,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E5059C3-6A89-4494-99FF-5A4D6FFD50EB}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -14372,51 +14372,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CA954B2F-12DE-47F5-8894-472B206D2E1E}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -14916,51 +14916,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3F30E46F-7819-4ACF-B48B-48222C2ACC88}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -15111,51 +15111,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1FAF3416-4057-4DAA-829D-4CA07428D088}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -15324,51 +15324,51 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{921D9284-D300-4297-87F7-E791DCC15DB1}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -15693,51 +15693,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{37D525BB-DA17-4BA0-B3C8-3AC3ABC827E6}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -16096,51 +16096,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B16C4C9A-3960-41CF-A4E9-2A8FB932454B}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>
               </a:t>
             </a:r>
@@ -16418,51 +16418,51 @@
           <a:xfrm rot="5400000">
             <a:off x="-810065" y="5270604"/>
             <a:ext cx="2662729" cy="182880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="18288" rIns="91440" bIns="45720" rtlCol="0" anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3CBC1C18-307B-4F68-A007-B5B542270E8D}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>1/23/26</a:t>
+              <a:t>2/2/26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="-2237130" y="3661144"/>
             <a:ext cx="5885352" cy="179176"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -24615,51 +24615,59 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2773599" y="1775012"/>
             <a:ext cx="7796540" cy="4274932"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Have each group discuss findings</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Research AT LEAST the languages: Fortran, COBOL, Python, C++, Java, PL/I, Kotlin, Ada, Rust, C#, C, Basic, Lisp, Prolog, ML, Carbon, JavaScript, APL, Swift, Zig; and Identify:</a:t>
+              <a:t>Research AT LEAST the languages: Fortran, COBOL, Python, C++, Java, PL/I, Kotlin, Ada, Rust, C#, C, Basic, Lisp, Prolog, ML, Carbon, JavaScript, APL, Swift</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>, Zig, Haskell; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>and Identify:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Classes, e.g., imperative, functional, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>etc</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Language transformation methods, e.g., compiler, interpreter</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Origin, e.g., research (Ph.D.), Industry (IBM, </a:t>
             </a:r>
             <a:r>
@@ -29660,51 +29668,51 @@
           <a:stretch/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Madison" id="{025CB5FB-2DD3-45EE-B6F0-CC461540EB19}" vid="{6AC10936-2DFC-4054-9ADF-B5E2C5F86190}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f8dde695-4535-408a-8dbf-d6791aad1a12}" enabled="1" method="Standard" siteId="{92ec3794-b8f0-4f93-b733-7a30a8a2b51b}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Madison</Template>
   <TotalTime></TotalTime>
-  <Words>968</Words>
+  <Words>970</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>137</Paragraphs>
   <Slides>29</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>