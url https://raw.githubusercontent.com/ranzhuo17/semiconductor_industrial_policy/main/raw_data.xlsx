--- v0 (2026-01-15)
+++ v1 (2026-02-19)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11207"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/ad0bd0535157b5f7/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/joethummel/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EEDE9A51-D79A-4507-8DCC-F95773E7EC0F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BFA27141-A810-7747-8609-456C2F1AE18E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{010DC9E6-48EF-EF4B-BDC3-C075D8B28D9F}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="30240" windowHeight="17580" xr2:uid="{010DC9E6-48EF-EF4B-BDC3-C075D8B28D9F}"/>
   </bookViews>
   <sheets>
     <sheet name="Project Sheet" sheetId="2" r:id="rId1"/>
     <sheet name="Distribution Sheet" sheetId="7" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D15" i="7" l="1"/>
   <c r="C15" i="7"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3592" uniqueCount="1496">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3579" uniqueCount="1425">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Type &amp; Status</t>
   </si>
   <si>
     <t>Numbers</t>
   </si>
   <si>
     <t>Targeted Firms or Parts of Value Chain</t>
   </si>
   <si>
     <t>Fabrication; R&amp;D</t>
   </si>
   <si>
     <t>Year Announced</t>
   </si>
   <si>
     <t>Chips &amp; Science Act (CHIPS Act)</t>
   </si>
   <si>
     <t>Section 301 Tariffs on Chinese Semiconductors</t>
   </si>
   <si>
@@ -206,53 +206,50 @@
   <si>
     <t>Economic Security Promotion Act</t>
   </si>
   <si>
     <t>Post 5G R&amp;D Fund</t>
   </si>
   <si>
     <t>¥1.24T ($8.35B USD)</t>
   </si>
   <si>
     <t>AI / Semiconductor Industrial Infrastructure Reinforcement Framework</t>
   </si>
   <si>
     <t>Subsidy / Investments</t>
   </si>
   <si>
     <t>R&amp;D; Fabrication; Equipment; Design; Data Center Buildout</t>
   </si>
   <si>
     <t>Export Controls on Chipmaking Equipment</t>
   </si>
   <si>
     <t>Semiconductor Equipment</t>
   </si>
   <si>
-    <t>Advanced Logic; Fabrication</t>
-[...1 lines deleted...]
-  <si>
     <t>Effective Period</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Notes / Description</t>
   </si>
   <si>
     <t>Subsidies, Loans, &amp; Tax Incentive</t>
   </si>
   <si>
     <t>https://www.congress.gov/117/bills/hr4346/BILLS-117hr4346enr.pdf</t>
   </si>
   <si>
     <t>2018-Indefinitely</t>
   </si>
   <si>
     <t>https://www.govinfo.gov/content/pkg/FR-2024-09-18/pdf/2024-21217.pdf</t>
   </si>
   <si>
     <t>-</t>
@@ -356,59 +353,50 @@
   <si>
     <t xml:space="preserve">NT$300B ($9.8B USD) </t>
   </si>
   <si>
     <t>https://english.ey.gov.tw/Page/61BF20C3E89B856/746ecbac-25ad-47dd-9b93-274388d471b3</t>
   </si>
   <si>
     <t>https://cen.acs.org/policy/trade/Japan-hits-South-Korea-controls/97/i28#:~:text=The%20Japanese%20government%20has%20imposed%20export%20controls,of%20trust%20between%20Japan%20and%20South%20Korea.</t>
   </si>
   <si>
     <t>Taiwanese Chip-Based Industrial Innovation Program (TCIIP)</t>
   </si>
   <si>
     <t>2024-2030</t>
   </si>
   <si>
     <t>2019-2023</t>
   </si>
   <si>
     <t>Materials (photoresists, etc.)</t>
   </si>
   <si>
     <t>¥10T ($65B USD) through 2030</t>
   </si>
   <si>
-    <t>http://jetro.go.jp/en/invest/investment_environment/ijre/report2022/ch3/sec2.html</t>
-[...7 lines deleted...]
-  <si>
     <t>¥944B ($6.35B USD)</t>
   </si>
   <si>
     <t>Tax Incentive &amp; Subsidy</t>
   </si>
   <si>
     <t>Loans, Tax Incentives, &amp; Subsidies</t>
   </si>
   <si>
     <t>Qualified businesses can choose special depreciation equal to 30% of the acquisition cost of certified 5G equipment; or can claim a  tax credit 15% of the acquisition cost;  50% property tax reduction for 5G deployments; tax benefits capped at 20% of corporate tax; tax program expired on April 1, 2025</t>
   </si>
   <si>
     <t>https://www.meti.go.jp/english/policy/0704_001.pdf</t>
   </si>
   <si>
     <t>https://www.winston.com/en/blogs-and-podcasts/global-trade-and-foreign-policy-insights/china-places-export-controls-on-raw-materials-used-in-semiconductor-manufacturing?</t>
   </si>
   <si>
     <t>https://english.www.gov.cn/news/202405/29/content_WS66569746c6d0868f4e8e7987.html?</t>
   </si>
   <si>
     <t>https://m.bjnews.com.cn/detail/157201078715912.html?</t>
   </si>
   <si>
     <t>https://cset.georgetown.edu/wp-content/uploads/t0432_made_in_china_2025_EN.pdf?</t>
@@ -428,66 +416,54 @@
   <si>
     <t>2023-Indefinitely</t>
   </si>
   <si>
     <t>2022-2027</t>
   </si>
   <si>
     <t>https://news.metal.com/newscontent/103260356/Japan-Allocates-172-Trillion-Yen-to-Secure-Semiconductor-Supply-Boosts-Rapidus-Aid</t>
   </si>
   <si>
     <t>https://www.trendforce.com/news/2025/09/19/news-japan-pledged-jpy-536-billion-to-micron-escalating-global-semiconductor-subsidy-race/#:~:text=Beyond%20Micron%2C%20Japan%20has%20strengthened,will%20focus%20on%206nm%20chips</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>System Semiconductor Vision (Non-memory initiative)</t>
   </si>
   <si>
     <t>2019-2030</t>
   </si>
   <si>
     <t>https://www.businesskorea.co.kr/news/articleView.html?idxno=48289;https://koreajoongangdaily.joins.com/2019/04/30/economy/Government-launches-plan-to-make-Korea-a-semiconductor-leader-by-2030/3062504.html</t>
   </si>
   <si>
-    <t>₩1.1T  ($780M USD)</t>
-[...1 lines deleted...]
-  <si>
     <t>Fabrication; Design; Education; Advanced Chips</t>
   </si>
   <si>
     <t>1 trillion won of direct government investment for R&amp;D, education; 100 billion won investment fund for supporting fabless design firms; 250 billion won below-market loans for foundry &amp; manufacturing infrastructure businesses; special taxation and tax deduction categories for semiconductor businesses; training of 17,000 semiconductor professionals via academic programs</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://world.kbs.co.kr/service/contents_view.htm?board_seq=403357</t>
   </si>
   <si>
     <t>K-Semiconductor Strategy ("Chip Belt" Plan)</t>
   </si>
   <si>
     <t>K-Chips Act</t>
   </si>
   <si>
     <t>2021-2030</t>
   </si>
   <si>
     <t>Tax Incentives</t>
   </si>
   <si>
     <t>https://www.kimchang.com/en/insights/detail.kc?sch_section=4&amp;idx=27331</t>
   </si>
   <si>
     <t>2025-2031</t>
   </si>
   <si>
     <t>2023-2025</t>
   </si>
   <si>
     <t>https://www.businesskorea.co.kr/news/articleView.html?idxno=236425</t>
   </si>
@@ -1041,53 +1017,50 @@
   <si>
     <t>Thailand 4.0</t>
   </si>
   <si>
     <t>Smart Electronics</t>
   </si>
   <si>
     <t>2015-2030</t>
   </si>
   <si>
     <t>Eastern Economic Corridor</t>
   </si>
   <si>
     <t>Strategic Plan / Tax Incentive</t>
   </si>
   <si>
     <t>Industry 4.0 Add-On</t>
   </si>
   <si>
     <t>https://www.boi.go.th/index.php?page=press_releases_detail&amp;topic_id=129511</t>
   </si>
   <si>
     <t>https://www.lawplusltd.com/wp-content/uploads/kalins-pdf/singles/eastern-economic-corridor-act-b-e-2561-thailand.pdf?; https://incentives.eeco.or.th/en/benefit</t>
   </si>
   <si>
-    <t>THB 1.7T</t>
-[...1 lines deleted...]
-  <si>
     <t>Establishes Special Economic Promotion Zones, with businesses in them eligible for visa eligibility for foreign workers; exemption or reduction from taxes for businesses; use of foreign currencies for payments; 1.7T total with government to commit 340B</t>
   </si>
   <si>
     <t>BOI Investment Promotion Strategy</t>
   </si>
   <si>
     <t>BOI 5-Year Investment Strategy</t>
   </si>
   <si>
     <t>https://osos.boi.go.th/download/BOI_PDF/BOI_A_Guide_2023_EN.pdf?</t>
   </si>
   <si>
     <t>High-Tech Workforce Development Program</t>
   </si>
   <si>
     <t>Tax Incentive &amp; Strategic Plan</t>
   </si>
   <si>
     <t xml:space="preserve">Fabrication; APT </t>
   </si>
   <si>
     <t>https://www.reuters.com/markets/asia/thailand-targets-280000-workforce-high-tech-sectors-over-5-years-2024-06-17/</t>
   </si>
   <si>
     <t>Thailand Plus Package</t>
@@ -1281,53 +1254,50 @@
   <si>
     <t>Albany Nanotech EUV Lithography Center</t>
   </si>
   <si>
     <t>$825M</t>
   </si>
   <si>
     <t>2024-2026</t>
   </si>
   <si>
     <t>https://www.csis.org/analysis/albany-nanotechs-potential-support-national-semiconductor-technology-center</t>
   </si>
   <si>
     <t>Natcast NSTC Operating Agreement</t>
   </si>
   <si>
     <t>2024-2027</t>
   </si>
   <si>
     <t>Natcast Advanced Packaging Pilot Facility</t>
   </si>
   <si>
     <t>$1.1B</t>
   </si>
   <si>
-    <t>Lithography; APT</t>
-[...1 lines deleted...]
-  <si>
     <t>$300M</t>
   </si>
   <si>
     <t>https://www.nist.gov/chips/research-development-programs/national-advanced-packaging-manufacturing-program</t>
   </si>
   <si>
     <t>https://www.ahwatukee.com/1-2b-heading-to-tempe-chip-sector/article_15125172-d76f-11ef-ad75-0fb34a97b3b5.html</t>
   </si>
   <si>
     <t>https://www.commerce.gov/news/press-releases/2025/01/department-commerce-finalizes-long-term-partnership-natcast-operate?</t>
   </si>
   <si>
     <t>R&amp;D; Talent Development</t>
   </si>
   <si>
     <t>https://www.manufacturingusa.com/news/biden-harris-administration-awards-semiconductor-research-corporation-manufacturing-consortium?</t>
   </si>
   <si>
     <t>SRC Grant to build CHIPS Manufacturing USA Institute HQ</t>
   </si>
   <si>
     <t>$285M</t>
   </si>
   <si>
     <t>APT; Fabrication</t>
@@ -1500,53 +1470,50 @@
   <si>
     <t>Intel New Albany OH Fab</t>
   </si>
   <si>
     <t>Intel Chandler AZ Fab</t>
   </si>
   <si>
     <t>Intel Hillsboro Oregon Fab Modernization</t>
   </si>
   <si>
     <t>BAE Systems Nashua NH Fab Modernization</t>
   </si>
   <si>
     <t xml:space="preserve">Rocket Lab Albuquerque NM </t>
   </si>
   <si>
     <t>TSMC Phoenix AZ Fab</t>
   </si>
   <si>
     <t>Polar Semiconductor Bloomington MN Fab</t>
   </si>
   <si>
     <t>2024-2024</t>
   </si>
   <si>
-    <t>Fabricatin</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">R&amp;D; Fabrication  </t>
   </si>
   <si>
     <t>Fabrication (Solar)</t>
   </si>
   <si>
     <t>TSMC-led Dresden 300mm fab producing automotive focused chips</t>
   </si>
   <si>
     <t>200mm SiC fab for automotive, industrial, cloud infrastructure</t>
   </si>
   <si>
     <t>France-funded FDSOI fab for low-power wireless and CMOS</t>
   </si>
   <si>
     <t>JASM Japan fab exceeds 100k wafers monthly multiple nodes</t>
   </si>
   <si>
     <t>Second JASM fab delayed prioritizing U.S. investment traffic issues</t>
   </si>
   <si>
     <t>Japan fab start moved to 2027 due market softness</t>
   </si>
   <si>
     <t>Rapidus consortium developing advanced 2nm logic chips domestically</t>
@@ -1701,53 +1668,50 @@
   <si>
     <t>Over ¥10 trillion public support framework through 2030 to spur ¥50 trillion combined public-private investment; goals include reclaiming global tech leadership and addressing labor shortages via AI/automation; targets next-generation semiconductor manufacturing (e.g., Rapidus 2nm chip mass production by 2027); invests ¥1.05 trillion in quantum computing and advanced chip R&amp;D; supports domestic production of advanced chips, including logic chips (e.g., TSMC), power semiconductors (e.g., SiC, GaN for EVs), and specialty chips; funds development of AI supercomputers and domestic generative AI capabilities (e.g., GENIAC initiative); aims to secure stable, resilient supply chains for critical technology</t>
   </si>
   <si>
     <t>Advanced Logic; Memory; Advanced Packaging; WFE; Fabrication</t>
   </si>
   <si>
     <t>Japan's core semiconductor policy is the Economic Security Promotion Act (ESPA); It designates semiconductors as a "Specified Critical Item"; The government offers massive capital subsidies for new or expanded domestic production capacity; Companies must submit Secure Supply Plans to qualify for financial support and ensure supply source diversification; The policy provides R&amp;D funding for advanced technologies via government-affiliated centers; It also utilizes a Secret Patent system to prevent the leakage of sensitive semiconductor-related innovations; Aims are to achieve strategic autonomy and enhance overall supply chain resilience.</t>
   </si>
   <si>
     <t>25% tariff on Chinese semiconductor chips and capital equipment since 2018; tariff rate on specified semiconductor products increased to 50% effective January 1, 2025; 50% tariff on Chinese solar-grade polysilicon and wafers (impacting upstream supply chains) beginning January 1, 2025; additional tariff increases on certain tungsten products and components used in semiconductor manufacturing effective 2025; machinery-exclusion process available for some chip-manufacturing tools based on USTR review</t>
   </si>
   <si>
     <t>Made in China 2025 set a goal of ≈70% self-sufficiency in semiconductors by 2025, mobilizing vast state subsidies, tax incentives and investment funds directed at chip manufacturing, packaging, advanced materials and equipment to reduce reliance on foreign technology; the plan placed semiconductors at its centre, aiming to “replace imports” and build domestic champions,</t>
   </si>
   <si>
     <t>Japan’s New Energy and Industrial Technology Development Organization (NEDO) launched the “R&amp;D Project of the Enhanced Infrastructure for Post-5G Information and Communication Systems” in FY 2020 with a budget of approximately ¥1,472.3 billion; the programme covers development of next-gen communications systems and advanced semiconductors, manufacturing technologies for advanced logic chips and packaging/miniaturisation; a related scheme from FY 2023 by National Institute of Information and Communications Technology (NICT) created the “Innovative ICT Fund Projects for Beyond 5G/6G” to support social implementation, overseas expansion and radio-spectrum technologies.</t>
   </si>
   <si>
     <t>Exporters of Chinese-origin rare metals including gallium and germanium must obtain government licence for export after August 1, 2023; China’s Ministry of Commerce of the People’s Republic of China and General Administration of Customs of the People’s Republic of China announced controls on these items used in semiconductor manufacturing citing national security; measure targets upstream materials critical for advanced chipmaking and has implication for firms supplying to the Chinese military-civil fusion ecosystem</t>
   </si>
   <si>
     <t>Equity Investments / Policy Framework</t>
   </si>
   <si>
-    <t>South Korea’s “K-Semiconductor Belt” initiative aims to link major chip clusters in the Seoul-region into one integrated semiconductor supply-chain “belt”; the government and private firms pledged over KRW 510 trillion in investment through 2030 to build memory, logic/foundry, packaging and materials ecosystem; major companies such as Samsung Electronics and SK Hynix lead the investments across the belt</t>
-[...1 lines deleted...]
-  <si>
     <t>Technology Development Promotion Act (TDPA)</t>
   </si>
   <si>
     <t>Restrictions Of Special Taxation Act (RSTA)</t>
   </si>
   <si>
     <t>2021-Indefinitely</t>
   </si>
   <si>
     <t>Primary tax-incentive framework for Korea’s K-Semiconductor Strategy; provides corporate income tax deductions for both facility investment and R&amp;D related to national strategic technologies (including semiconductors, batteries, and vaccines); empowers the Ministry of Economy and Finance (MOEF) to adjust rates and eligible activities annually through the Enforcement Decree; following 2022 amendments, investments made between 2023–2029 in semiconductor manufacturing, design, and materials qualify for enhanced credits — up to 25% for SMEs, 15% for large firms, plus a 10 percentage-point bonus for incremental investment in 2023; R&amp;D credits also expanded to cover process technology, lithography, and advanced packaging; serves as the legal instrument through which the K-Semiconductor Strategy’s tax support measures are implemented.</t>
   </si>
   <si>
     <t>Framework law supporting national R&amp;D, technology transfer, and industry–university cooperation; establishes government authority to fund R&amp;D programs and industrial technology consortia in strategic sectors; used by MOTIE and NEDO-equivalent Korean agencies to channel research grants for semiconductor process, packaging, materials, and post-5G/6G technologies; complements RSTA by enabling direct government subsidies and collaborative R&amp;D projects instead of tax-based incentives; continuously amended to align with national technology roadmaps and post-5G innovation programs; provides the statutory foundation for grants, matching funds, and technology commercialization initiatives under the K-Semiconductor Belt and related industrial-innovation policies</t>
   </si>
   <si>
     <t>Fabrication; Design; Packaging; Equipment; Materials; R&amp;D</t>
   </si>
   <si>
     <t>R&amp;D; APT; Materials</t>
   </si>
   <si>
     <t>15-25% Tax Credit; 30-50% R&amp;D Credit</t>
   </si>
   <si>
     <t>Grant Framework</t>
@@ -2116,53 +2080,50 @@
     <t>KoMiCo Technology, Inc.</t>
   </si>
   <si>
     <t>MGC Pure Chemicals America, Inc. (MPCA)</t>
   </si>
   <si>
     <t>Austin Community College District (ACC)</t>
   </si>
   <si>
     <t>Yerico Manufacturing, Inc.</t>
   </si>
   <si>
     <t>$4.12M</t>
   </si>
   <si>
     <t>New 30,000 sq ft wafer facility; triples output; ~$41M investment</t>
   </si>
   <si>
     <t>$2.40M</t>
   </si>
   <si>
     <t>First U.S. production of ultra-high-purity photoresist thinners; ~$110M investment</t>
   </si>
   <si>
     <t>$23.25M</t>
-  </si>
-[...1 lines deleted...]
-    <t>Design / R&amp;D</t>
   </si>
   <si>
     <t>New chip design/testing lab with AI/ML integration; ~$80M investment</t>
   </si>
   <si>
     <t>$2.00M</t>
   </si>
   <si>
     <t>Round Rock expansion (+40,000 sq ft) increasing cleanroom + production for sub-10nm tool services</t>
   </si>
   <si>
     <t>SpaceX (Starlink Semiconductor Facility)</t>
   </si>
   <si>
     <t>$17.30M</t>
   </si>
   <si>
     <t>+1M sq ft advanced packaging &amp; electronic kit facility; ~$280M investment; largest PLP/PCB facility in North America</t>
   </si>
   <si>
     <t>DSM Semichem LLC</t>
   </si>
   <si>
     <t>$7.87M</t>
   </si>
@@ -2211,155 +2172,50 @@
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (compound semiconductor wafers)</t>
     </r>
   </si>
   <si>
     <r>
       <t>APT</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (photoresist thinners / materials)</t>
     </r>
   </si>
   <si>
-    <r>
-[...103 lines deleted...]
-  <si>
     <t>Support for Samsung’s Taylor 2-nm fab</t>
   </si>
   <si>
     <t>https://gov.texas.gov/news/post/governor-abbott-announces-texas-semiconductor-innovation-fund-grant-to-intelliepi#:~:text=Governor%20Greg%20Abbott%20today%20announced,the%20Texas%20Semiconductor%20Innovation%20Consortium</t>
   </si>
   <si>
     <t>https://gov.texas.gov/news/post/governor-abbott-announces-texas-semiconductor-innovation-fund-grant-to-dongjin-semichem-texas#:~:text=Governor%20Greg%20Abbott%20today%20announced,TSIC</t>
   </si>
   <si>
     <t>https://gov.texas.gov/news/post/governor-abbott-announces-texas-semiconductor-innovation-fund-grant-to-silicon-labs#:~:text=Governor%20Greg%20Abbott%20today%20announced,80%20million%20in%20capital%20investment</t>
   </si>
   <si>
     <t>https://gov.texas.gov/news/post/governor-abbott-announces-texas-semiconductor-innovation-fund-grant-to-komico#:~:text=Governor%20Greg%20Abbott%20today%20announced,36%20million%20in%20capital%20investment</t>
   </si>
   <si>
     <t>https://gov.texas.gov/news/post/governor-abbott-announces-texas-semiconductor-innovation-fund-grant-to-spacex#:~:text=Governor%20Greg%20Abbott%20today%20announced,280%20million%20in%20capital%20investment</t>
   </si>
   <si>
     <t>https://gov.texas.gov/news/post/governor-abbott-announces-texas-semiconductor-innovation-fund-grant-to-dsm#:~:text=Governor%20Greg%20Abbott%20today%20announced,and%20creates%2040%20new%20jobs</t>
   </si>
   <si>
     <t>https://gov.texas.gov/news/post/governor-abbott-announces-texas-semiconductor-innovation-fund-grant-to-tokyo-electron-u.s-holdings-inc#:~:text=Governor%20Greg%20Abbott%20today%20announced,30%20million%20in%20capital%20investment</t>
   </si>
   <si>
     <t>https://gov.texas.gov/news/post/governor-abbott-announces-texas-semiconductor-innovation-grant-to-mgc-pure-chemicals-america-inc#:~:text=Governor%20Greg%20Abbott%20today%20announced,150%20million%20in%20capital%20investment</t>
@@ -2475,464 +2331,215 @@
   <si>
     <t>Darbond Technology</t>
   </si>
   <si>
     <t>Jiangsu Yoke Technology</t>
   </si>
   <si>
     <t>Century Goldensun</t>
   </si>
   <si>
     <t>Piotech Inc. (Shenyang)</t>
   </si>
   <si>
     <t>NAURA (Sevenstar + North Micro JV)</t>
   </si>
   <si>
     <t>National IC Industry Investment Fund (Big Fund I)</t>
   </si>
   <si>
     <t>SMIC</t>
   </si>
   <si>
     <t>Equity Investment</t>
   </si>
   <si>
-    <t>2.7B</t>
-[...4 lines deleted...]
-  <si>
     <t>11.54% stake; second-largest shareholder; expand advanced process capacity</t>
   </si>
   <si>
-    <t>4.839B</t>
-[...4 lines deleted...]
-  <si>
     <t>Stakeholder investment; expand LED/compound production</t>
   </si>
   <si>
-    <t>1.6B</t>
-[...4 lines deleted...]
-  <si>
     <t>Follow-up investment; optical comms &amp; compound semiconductors</t>
   </si>
   <si>
-    <t>600M</t>
-[...4 lines deleted...]
-  <si>
     <t>Build 8-inch wafer line for power devices</t>
   </si>
   <si>
     <t>YMTC</t>
   </si>
   <si>
-    <t>18.9B</t>
-[...4 lines deleted...]
-  <si>
     <t>JV with Tsinghua Unigroup for China's first 3D NAND fab</t>
   </si>
   <si>
-    <t>4.3B</t>
-[...4 lines deleted...]
-  <si>
     <t>Expand mature process &amp; NOR Flash lines</t>
   </si>
   <si>
-    <t>11.6B</t>
-[...4 lines deleted...]
-  <si>
     <t>Phase II fab investment</t>
   </si>
   <si>
     <t>National Integrated Circuit Industry Industry Development Promotion Outline</t>
   </si>
   <si>
     <t>Navgnss (MEMS Fab)</t>
   </si>
   <si>
-    <t>1.4B</t>
-[...4 lines deleted...]
-  <si>
     <t>8-inch MEMS foundry for inertial navigation chips</t>
   </si>
   <si>
     <t>Silex (Sweden)</t>
   </si>
   <si>
     <t>Acquisition / Equity</t>
   </si>
   <si>
     <t>Acquired 30% stake in Sweden’s Silex to secure MEMS foundry capacity</t>
   </si>
   <si>
-    <t>6B</t>
-[...4 lines deleted...]
-  <si>
     <t>Second capital injection</t>
   </si>
   <si>
-    <t>Fabrication (14nm)</t>
-[...1 lines deleted...]
-  <si>
     <t>14nm advanced process fab</t>
   </si>
   <si>
-    <t>2.6B</t>
-[...4 lines deleted...]
-  <si>
     <t>Acquired 18.94% stake in specialty foundry</t>
   </si>
   <si>
-    <t>3.394B</t>
-[...4 lines deleted...]
-  <si>
     <t>Cash injection for 12-inch specialty fab project</t>
   </si>
   <si>
-    <t>500M</t>
-[...7 lines deleted...]
-  <si>
     <t>Subscribed to HK issuance for fab expansion</t>
   </si>
   <si>
-    <t>1B</t>
-[...7 lines deleted...]
-  <si>
     <t>Expand 3D NAND fab; 12.88% equity stake</t>
   </si>
   <si>
-    <t>10B</t>
-[...4 lines deleted...]
-  <si>
     <t>Support M&amp;A for Spreadtrum, RDA; build domestic mobile IC ecosystem</t>
   </si>
   <si>
-    <t>Design (printer chips)</t>
-[...1 lines deleted...]
-  <si>
     <t>Stake relating to Lexmark deal; expansion of printer chip business</t>
   </si>
   <si>
-    <t>400M</t>
-[...4 lines deleted...]
-  <si>
     <t>Support domestic audio/video broadcasting and surveillance chip development</t>
   </si>
   <si>
-    <t>1.5B</t>
-[...4 lines deleted...]
-  <si>
     <t>Support R&amp;D of BeiDou GNSS and inertial navigation chips</t>
   </si>
   <si>
-    <t>2.4B</t>
-[...4 lines deleted...]
-  <si>
     <t>Support next-gen communication chip R&amp;D</t>
   </si>
   <si>
     <t>Unnamed U.S. Analog IC Company</t>
   </si>
   <si>
-    <t>3.3B</t>
-[...4 lines deleted...]
-  <si>
     <t>Cross-border acquisition of analog/mixed-signal design IP</t>
   </si>
   <si>
-    <t>190M</t>
-[...4 lines deleted...]
-  <si>
     <t>Startup investment in domestic switch-chip designer</t>
   </si>
   <si>
-    <t>1.45B</t>
-[...4 lines deleted...]
-  <si>
     <t>Expand NOR/NAND and microcontroller chip design</t>
   </si>
   <si>
-    <t>2.83B</t>
-[...4 lines deleted...]
-  <si>
     <t>Human-machine interface &amp; biometric chip expansion</t>
   </si>
   <si>
-    <t>1.17B</t>
-[...4 lines deleted...]
-  <si>
     <t>Domestic GPU and military radar processing IC development</t>
   </si>
   <si>
-    <t>Design (IoT &amp; AI chips)</t>
-[...1 lines deleted...]
-  <si>
     <t>Support for IoT, AI processor design</t>
   </si>
   <si>
-    <t>150M</t>
-[...4 lines deleted...]
-  <si>
     <t>Support PMIC chip design expansion</t>
   </si>
   <si>
     <t>32.97% stake in SMIC JV</t>
   </si>
   <si>
     <t>19.76% stake in Microelectronics Business</t>
   </si>
   <si>
-    <t>2.031B</t>
-[...4 lines deleted...]
-  <si>
     <t>Acquisition of STATS ChipPAC; elevating JCET to global top-tier OSAT</t>
   </si>
   <si>
-    <t>APT (OSAT expansion)</t>
-[...1 lines deleted...]
-  <si>
     <t>Capital injection to expand domestic OSAT operations</t>
   </si>
   <si>
-    <t>1.083B</t>
-[...4 lines deleted...]
-  <si>
     <t>JV among SMIC, JCET, and Qualcomm; bumping/advanced packaging capacity</t>
   </si>
   <si>
-    <t>1.8B</t>
-[...4 lines deleted...]
-  <si>
     <t>Acquisition of AMD OSAT assets, expanding global footprint</t>
   </si>
   <si>
-    <t>680M</t>
-[...4 lines deleted...]
-  <si>
     <t>Stake for expansion of wafer-level packaging operations</t>
   </si>
   <si>
-    <t>969M</t>
-[...1 lines deleted...]
-  <si>
     <t>Increased stake to 15.7%</t>
   </si>
   <si>
-    <t>640M</t>
-[...1 lines deleted...]
-  <si>
     <t>Additional stake, raising holding to 21.72%</t>
   </si>
   <si>
-    <t>2.9B</t>
-[...1 lines deleted...]
-  <si>
     <t>Increased stake to 19% following STATS integration</t>
   </si>
   <si>
-    <t>949M</t>
-[...4 lines deleted...]
-  <si>
     <t>Stake acquisition in semiconductor memory/testing business</t>
   </si>
   <si>
-    <t>Materials (polysilicon)</t>
-[...1 lines deleted...]
-  <si>
     <t>JV with GCL Group for electronic-grade polysilicon production</t>
   </si>
   <si>
-    <t>309M</t>
-[...4 lines deleted...]
-  <si>
     <t>12-inch wafer fab construction</t>
   </si>
   <si>
-    <t>5M</t>
-[...4 lines deleted...]
-  <si>
     <t>R&amp;D and production of CMP slurry</t>
   </si>
   <si>
-    <t>22M</t>
-[...4 lines deleted...]
-  <si>
     <t>High-performance thermal interface materials</t>
   </si>
   <si>
-    <t>550M</t>
-[...4 lines deleted...]
-  <si>
     <t>Electronic gases and advanced deposition precursors</t>
   </si>
   <si>
-    <t>30M</t>
-[...4 lines deleted...]
-  <si>
     <t>High-purity SiC material development</t>
   </si>
   <si>
     <t>AMEC (Advanced Micro-Fabrication Equipment Inc.)</t>
   </si>
   <si>
-    <t>480M</t>
-[...4 lines deleted...]
-  <si>
     <t>Etching equipment &amp; TSV process tool R&amp;D support</t>
   </si>
   <si>
     <t>Hangzhou ChangChuan Technology</t>
   </si>
   <si>
-    <t>40M</t>
-[...4 lines deleted...]
-  <si>
     <t>Stake in domestic IC testing equipment company</t>
   </si>
   <si>
-    <t>165M</t>
-[...4 lines deleted...]
-  <si>
     <t>Support for domestic CVD/ALD deposition tool development</t>
   </si>
   <si>
-    <t>WFE (etch + deposition equipment)</t>
-[...1 lines deleted...]
-  <si>
     <t>Support for merger creating major domestic equipment champion</t>
   </si>
   <si>
     <t>https://pdf.dfcfw.com/pdf/H3_AP201905051326608713_1.pdf?1557083214000.pdf#:~:text=%E6%9D%90%E6%96%99%202018,PECVD%2CALD</t>
   </si>
   <si>
     <t>SMIC Jingcheng</t>
   </si>
   <si>
     <t>Chongqing Xinlian Micro</t>
   </si>
   <si>
     <t>Fuxin Semiconductor</t>
   </si>
   <si>
     <t>AMEC</t>
   </si>
   <si>
     <t>NAURA</t>
   </si>
   <si>
     <t>Silan Mingjia</t>
   </si>
   <si>
     <t>Runxi Microelectronics</t>
@@ -3072,53 +2679,50 @@
   <si>
     <t>Expands power IC 12-inch fabrication capacity</t>
   </si>
   <si>
     <t>Advances GaN and SiC device production</t>
   </si>
   <si>
     <t>Builds 12-inch automotive power foundry capacity</t>
   </si>
   <si>
     <t>Supports advanced IC packaging substrate lines</t>
   </si>
   <si>
     <t>Funds telecom chip R&amp;D and production</t>
   </si>
   <si>
     <t>Supports expansion of mobile chipset design</t>
   </si>
   <si>
     <t>Expands domestic wet-clean equipment capacity significantly</t>
   </si>
   <si>
     <t>Builds robotics-based semiconductor automation systems infrastructure</t>
   </si>
   <si>
-    <t>Fabrucatuin</t>
-[...1 lines deleted...]
-  <si>
     <t>R&amp;D; WFE</t>
   </si>
   <si>
     <t>https://www.stcn.com/article/detail/806835.html?</t>
   </si>
   <si>
     <t>https://www.trendforce.com/news/2023/11/01/news-with-two-october-investments-big-fund-phase-ii-commits-nearly-19-billion-rmb/</t>
   </si>
   <si>
     <t>JCET Automotive Electronics</t>
   </si>
   <si>
     <t>Funds auto-chip packaging and testing expansion</t>
   </si>
   <si>
     <t>Hua Hong Semiconductor (STAR IPO)</t>
   </si>
   <si>
     <t>¥≤30B</t>
   </si>
   <si>
     <t>Strategic investment for Sci-Tech IPO subscription</t>
   </si>
   <si>
     <t>Hua Hong / HHGrace Joint Venture</t>
@@ -3204,71 +2808,65 @@
   <si>
     <t>https://news.futunn.com/en/post/42251754/400-million-big-fund-phase-ii-beijing-integrated-circuit-m?level=1&amp;data_ticket=1764532183135816</t>
   </si>
   <si>
     <t>https://m.21jingji.com/article/20211019/herald/2a06894ffd5b4e79bf9cab14e49f7e19_zaker.html</t>
   </si>
   <si>
     <t>https://www.design-reuse-embedded.com/news/202312027/china-s-big-fund-is-investing-1-billion-in-another-domestic-foundry-to-advance-sub-10nm-chip-manufacturing/</t>
   </si>
   <si>
     <t>¥7B</t>
   </si>
   <si>
     <t>TuoJing JianKe (Haining) Semiconductor Equipment Co., Ltd.</t>
   </si>
   <si>
     <t>Invests in 3D integration equipment developer</t>
   </si>
   <si>
     <t>https://www.trendforce.com/news/2025/10/31/... 12</t>
   </si>
   <si>
     <t>Nantong Crystal Co., Ltd. (synthetic quartz materials)</t>
   </si>
   <si>
-    <t>Materials (Photomask quartz substrates)</t>
-[...1 lines deleted...]
-  <si>
     <t>Equity stake in photomask quartz material firm</t>
   </si>
   <si>
     <t>https://www.trendforce.com/news/2025/11/05/... 11</t>
   </si>
   <si>
     <t>National IC Industry Investment Fund (Big Fund III)</t>
   </si>
   <si>
     <t>¥450M</t>
   </si>
   <si>
     <t>¥100M</t>
   </si>
   <si>
-    <t>WfE (3D integration bonding systems)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.taiwannews.com.tw/news/6251837</t>
   </si>
   <si>
     <t>Subsidies for Chip Design Projects</t>
   </si>
   <si>
     <t>NT$1.3B</t>
   </si>
   <si>
     <t>Subsidy for 28 IC design businesses / startups</t>
   </si>
   <si>
     <t>–</t>
   </si>
   <si>
     <t>2022–2023</t>
   </si>
   <si>
     <t>2024–(ongoing)</t>
   </si>
   <si>
     <t>2024–2027 (planned)</t>
   </si>
   <si>
     <t>JASM</t>
@@ -3298,53 +2896,50 @@
     <t>2023–2026 (expected)</t>
   </si>
   <si>
     <t>Dual fabs, 10-year ops rule</t>
   </si>
   <si>
     <t>Denso &amp; Fuji Electric – SiC power semiconductor JV</t>
   </si>
   <si>
     <t>EV-focused joint chip fab</t>
   </si>
   <si>
     <t>Toyo Gosei – Photoresist &amp; high-purity solvent production</t>
   </si>
   <si>
     <t>2024–ongoing</t>
   </si>
   <si>
     <t>Boost domestic materials supply</t>
   </si>
   <si>
     <t>Murata Manufacturing – BAW RF filters</t>
   </si>
   <si>
     <t>Expand RF filter capacity</t>
-  </si>
-[...1 lines deleted...]
-    <t>Post-5G R&amp;D Fund</t>
   </si>
   <si>
     <t>https://www.digitimes.com/news/a20241202PD206/sic-fuji-electric-denso-production-subsidy.html#:~:text=Partnership%20targets%20EV%20market%20expansion</t>
   </si>
   <si>
     <t>https://www.digitimes.com/news/a20241202PD206/sic-fuji-electric-denso-production-subsidy.html#:~:text=Partnership%20targets%20EV%20market%20expansion; https://www.argusmedia.com/ja/news-and-insights/latest-market-news/2517179-japan-grants-subsidies-to-secure-semiconductor-supplies</t>
   </si>
   <si>
     <t>https://jp.reuters.com/business/technology/MWCK2SB2CRIRXH2A7KNTVMLTGU-2024-11-29/#:~:text=%E3%81%93%E3%81%AE%E3%81%BB%E3%81%8B%E3%80%81%E6%9D%B1%E6%B4%8B%E5%90%88%E6%88%90%E5%B7%A5%E6%A5%AD%284970,%E3%81%AE%E6%84%9F%E5%85%89%E6%9D%90%E3%83%BB%E3%83%9D%E3%83%AA%E3%83%9E%E2%80%95%E3%80%81%E9%AB%98%E7%B4%94%E5%BA%A6%E6%BA%B6%E5%89%A4%E3%81%AB%EF%BC%97%EF%BC%90%E5%84%84%E5%86%86%E3%80%81%E9%9B%BB%E5%AD%90%E9%83%A8%E5%93%81%E3%81%A7%E3%81%AF%E6%9D%91%E7%94%B0%E8%A3%BD%E4%BD%9C%E6%89%80%2060%E3%81%AE%EF%BC%A2%EF%BC%A1%EF%BC%B7%E3%83%95%E3%82%A3%E3%83%AB%E3%82%BF%E3%81%AB%EF%BC%95%EF%BC%94%E5%84%84%E5%86%86%E3%81%AA%E3%81%A9%E3%81%8C%E5%85%A5%E3%81%A3%E3%81%A6%E3%81%84%E3%82%8B%E3%80%82%E6%98%A8%E5%B9%B4%E5%BA%A6%E3%81%AE%E8%A3%9C%E6%AD%A3%E4%BA%88%E7%AE%97%E3%81%8B%E3%82%89%E3%81%AE%E6%8B%A0%E5%87%BA%E3%81%A8%E3%81%AA%E3%82%8B%E3%80%82</t>
   </si>
   <si>
     <t>¥802B</t>
   </si>
   <si>
     <t xml:space="preserve">Rapidus Grant Two </t>
   </si>
   <si>
     <t>http://reuters.com/technology/japan-approves-39-billion-subsidies-chipmaker-rapidus-2024-04-02/#:~:text=TOKYO%2C%20April%202%20%28Reuters%29%20,the%20country%27s%20chip%20manufacturing%20base</t>
   </si>
   <si>
     <t>R&amp;D; Fabrication; APT</t>
   </si>
   <si>
     <t xml:space="preserve">Rapidus Grant One </t>
   </si>
@@ -3484,107 +3079,95 @@
   <si>
     <t>¥70.5B</t>
   </si>
   <si>
     <t>¥5.4B</t>
   </si>
   <si>
     <t>¥590B</t>
   </si>
   <si>
     <t>¥46.5B</t>
   </si>
   <si>
     <t>¥167B</t>
   </si>
   <si>
     <t>Subsidy for advanced DRAM fab including EUV lithography</t>
   </si>
   <si>
     <t>EdgeCortix  Post 5-G Communication Systems</t>
   </si>
   <si>
     <t>¥4B</t>
   </si>
   <si>
-    <t>R&amp;D; Analog Semiconductors</t>
-[...1 lines deleted...]
-  <si>
     <t>Subsidy for energy-efficient AI connectivity chiplets</t>
   </si>
   <si>
     <t>https://www.edgecortix.com/en/press-releases/edgecortix-receives-4-billion-yen-subsidy-from-japans-nedo#:~:text=Tokyo%2C%20Japan%20,communications%20with%20unprecedented%20energy%20efficiency</t>
   </si>
   <si>
     <t>Grants</t>
   </si>
   <si>
     <t>¥250B</t>
   </si>
   <si>
     <t>R&amp;D; Quantum Computing</t>
   </si>
   <si>
     <t>https://www.meti.go.jp/english/report/data/wp2023/pdf/2-1-2.pdf#:~:text=technologies%20are%20promoted%20through%20public,html</t>
   </si>
   <si>
     <t>Funds focused on promoting the development of critical technologies important for economic security such as AI and quantum technology</t>
   </si>
   <si>
     <t>Key and Advanced Technology R&amp;D Fund (K Program)</t>
   </si>
   <si>
     <t>https://www.reuters.com/technology/skorea-aims-join-ai-race-startup-rebellions-launches-new-chip-2023-02-12/#:~:text=%22Amid%20high%20dependence%20on%20foreign,from%20the%20South%20Korean%20government.&amp;text=Reports%20on%20global%20trends%20in,goal%20of%20grasping%20quantum%20physics.</t>
   </si>
   <si>
     <t>Rebellion Grant</t>
   </si>
   <si>
     <t>₩10B</t>
   </si>
   <si>
     <t>Grant to NVIDIA competitor startup</t>
   </si>
   <si>
     <t>2026–2030</t>
   </si>
   <si>
     <t>Fund (equity/loans); annual plan</t>
   </si>
   <si>
-    <t>₩150T (5-year fund); ₩4.2T (semiconductors in 2026 plan)</t>
-[...1 lines deleted...]
-  <si>
     <t>Fabrication; Design; Materials; WFE; APT; Infrastructure</t>
   </si>
   <si>
-    <t>2026 management plan allocates ₩4.2T to semiconductors; infrastructure investment loans include power/water facilities supporting high-tech clusters</t>
-[...4 lines deleted...]
-  <si>
     <t>National Growth Fund</t>
   </si>
   <si>
     <t>SK Hynix Yongin Cluster</t>
   </si>
   <si>
     <t>2025-ongoing</t>
   </si>
   <si>
     <t>Loan</t>
   </si>
   <si>
     <t>₩4.3T</t>
   </si>
   <si>
     <t>https://koreatechdesk.com/korea-national-growth-fund-sk-hynix-semiconductor-cluster-yongin#:~:text=tranches</t>
   </si>
   <si>
     <t>2024-2032</t>
   </si>
   <si>
     <t>https://ec.europa.eu/commission/presscorner/api/files/document/print/en/ip_24_2994/IP_24_2994_EN.pdf</t>
   </si>
   <si>
     <t>STMicroelectronics Recovery Subsidy</t>
@@ -3655,53 +3238,50 @@
   <si>
     <t>€450M</t>
   </si>
   <si>
     <t>https://ec.europa.eu/commission/presscorner/detail/de/ip_25_2757</t>
   </si>
   <si>
     <t>https://europa.eu/newsroom/ecpc-failover/pdf/ip-25-3020_en.pdf</t>
   </si>
   <si>
     <t>X-FAB Erfurt</t>
   </si>
   <si>
     <t>300mm fabrication facility</t>
   </si>
   <si>
     <t>Open foundry for enterprises</t>
   </si>
   <si>
     <t>€495M</t>
   </si>
   <si>
     <t>€128M</t>
   </si>
   <si>
-    <t>Fabrication; Power Semiconductors</t>
-[...1 lines deleted...]
-  <si>
     <t>(part of FR package)</t>
   </si>
   <si>
     <t>(part of IT package)</t>
   </si>
   <si>
     <t>(part of UK package)</t>
   </si>
   <si>
     <t>https://ec.europa.eu/competition/state_aid/cases1/201952/277354_2120329_283_2.pdf#:~:text=%28a%29%20CEA,Information%20and%20Communication%20Technology%2C%20Advanced</t>
   </si>
   <si>
     <t>IPCEI on Microelectronics (First IPCEI)</t>
   </si>
   <si>
     <t>German Federal aid (BMWi) – GlobalFoundries Dresden</t>
   </si>
   <si>
     <t>2018-2024</t>
   </si>
   <si>
     <t>~€325M</t>
   </si>
   <si>
     <t>FD-SOI/RF 300mm R&amp;D Dresden fab</t>
@@ -3874,107 +3454,98 @@
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>Cross-cutting applied research across workstreams</t>
   </si>
   <si>
     <t>Italian nat’l support – FBK</t>
   </si>
   <si>
     <t>MEMS/materials characterization support Trento</t>
   </si>
   <si>
     <t>IPCEI on Microelectronics &amp; Communication Technologies (Second IPCEI)</t>
   </si>
   <si>
     <t>Dutch national aid (EZK) – ASML</t>
   </si>
   <si>
     <t>2023–2032</t>
   </si>
   <si>
     <t>Undisclosed</t>
   </si>
   <si>
-    <t>Lithography; WFE; R&amp;D</t>
-[...1 lines deleted...]
-  <si>
     <t>High-NA EUV scanner R&amp;D for sub-2nm</t>
   </si>
   <si>
     <t>French nat’l aid – Airbus</t>
   </si>
   <si>
     <t>Design; R&amp;D</t>
   </si>
   <si>
     <t>Secure comms/radar/space chips R&amp;D</t>
   </si>
   <si>
     <t>German Fed. aid (BMWK) – Ericsson Antenna Tech</t>
   </si>
   <si>
     <t>2023–2028</t>
   </si>
   <si>
     <t>Telecom; R&amp;D</t>
   </si>
   <si>
     <t>6G Massive-MIMO antenna microelectronics R&amp;D</t>
   </si>
   <si>
     <t>German Fed. aid (BMWK) – Nokia Bell Labs Germany</t>
   </si>
   <si>
     <t>2024–2028</t>
   </si>
   <si>
     <t>part of €360M project</t>
   </si>
   <si>
-    <t>Telecom; SoC; R&amp;D</t>
-[...1 lines deleted...]
-  <si>
     <t>HW/SW/SoC co-design for 5G-A/6G</t>
   </si>
   <si>
     <t>German Fed. aid (BMWK) – Wacker Chemie</t>
   </si>
   <si>
     <t>2023–2030?</t>
   </si>
   <si>
     <t>Wafer-grade polysilicon line; €300M investment</t>
   </si>
   <si>
     <t>German Fed. aid (BMWK) – Bosch</t>
   </si>
   <si>
-    <t>Power; Sensors; R&amp;D</t>
-[...1 lines deleted...]
-  <si>
     <t>SiC, radar, automotive IC R&amp;D</t>
   </si>
   <si>
     <t>French nat’l aid – Renault Group</t>
   </si>
   <si>
     <t>2023–2030+</t>
   </si>
   <si>
     <t>In-house auto chips for EV/ADAS</t>
   </si>
   <si>
     <t>French nat’l aid – Orange</t>
   </si>
   <si>
     <t>Open RAN/6G integration; operator use-cases</t>
   </si>
   <si>
     <t>German/Bavarian aid – ESMC Dresden JV</t>
   </si>
   <si>
     <t>2024–… (FID)</t>
   </si>
   <si>
     <t>TSMC-Bosch-Infineon-NXP Dresden 300mm fab</t>
@@ -3988,200 +3559,179 @@
   <si>
     <t>share of €175M AT</t>
   </si>
   <si>
     <t>Secure RISC-V, PQC; safe EV BMS</t>
   </si>
   <si>
     <t>Austrian nat’l aid (BMK/BMAW) – NXP Austria (Sense)</t>
   </si>
   <si>
     <t>Sensors; R&amp;D</t>
   </si>
   <si>
     <t>UWB radar, sensor fusion for ADAS/IoT</t>
   </si>
   <si>
     <t>Austrian nat’l aid (BMK/BMAW) – AVL List</t>
   </si>
   <si>
     <t>2023–2027</t>
   </si>
   <si>
     <t>~€50M</t>
   </si>
   <si>
-    <t>Test; Tools; R&amp;D</t>
-[...1 lines deleted...]
-  <si>
     <t>Chip test tools for EV sensors/power</t>
   </si>
   <si>
     <t>Slovak nat’l aid – Tachyum</t>
   </si>
   <si>
     <t>€26.4M</t>
   </si>
   <si>
     <t>Prodigy 2 universal processor; 3nm target</t>
   </si>
   <si>
-    <t>Power; MCUs; R&amp;D</t>
-[...1 lines deleted...]
-  <si>
     <t>Auto MCUs + SiC/GaN power R&amp;D</t>
   </si>
   <si>
     <t>French nat’l aid – Soitec</t>
   </si>
   <si>
     <t>New SOI/piezo substrates for 5G/6G</t>
   </si>
   <si>
     <t>German Fed. aid (BMWK) – Continental Automotive</t>
   </si>
   <si>
     <t>Power modules/sensors for EV/autonomy</t>
   </si>
   <si>
     <t>Czech nat’l aid – Mycroft Mind</t>
   </si>
   <si>
     <t>AI-enhanced sensor systems; Czech SME</t>
   </si>
   <si>
     <t>Czech nat’l aid – TES (TBD)</t>
   </si>
   <si>
     <t>TBD</t>
   </si>
   <si>
     <t>Second CZ participant; details not public</t>
   </si>
   <si>
     <t>Irish nat’l aid (IDA) – Analog Devices Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Fabrication; Automation</t>
   </si>
   <si>
     <t>Limerick automation modules for analog/mixed-signal</t>
   </si>
   <si>
     <t>Finnish nat’l aid – VTT / Nokia (beneficiary TBD)</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
-    <t>Telecom; Quantum; R&amp;D</t>
-[...1 lines deleted...]
-  <si>
     <t>Likely 6G + quantum R&amp;D project</t>
   </si>
   <si>
     <t>Romanian nat’l aid – NXP Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Bucharest design expansion; secure IIoT/edge</t>
   </si>
   <si>
     <t>Greek nat’l aid – Think Silicon (likely)</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Likely low-power GPU IP R&amp;D Patras</t>
   </si>
   <si>
     <t>French/German nat’l aid – TRUMPF &amp; partners (likely)</t>
   </si>
   <si>
     <t>DE/FR</t>
   </si>
   <si>
-    <t>WFE; Lithography</t>
-[...1 lines deleted...]
-  <si>
     <t>Laser light-source tech supporting EUV roadmap</t>
   </si>
   <si>
     <t>est. ~€100M</t>
   </si>
   <si>
     <t>https://ec.europa.eu/competition/state_aid/cases1/202417/SA_101129_A0FF058F-0100-C611-9E6D-800FDA995039_1165_1.pdf#:~:text=1.%20AT%26S%20,50%20%E2%80%93%2060</t>
   </si>
   <si>
     <t>France 2030 (PIIEC microélectronique) – 12 consortia</t>
   </si>
   <si>
     <t>2023–(multi-year)</t>
   </si>
   <si>
-    <t>Semiconductors; Sensors; Telecom</t>
-[...1 lines deleted...]
-  <si>
     <t>12 consortia across chips, sensors, 5G/6G</t>
   </si>
   <si>
     <t>Crolles 300mm fab for FD-SOI chips</t>
   </si>
   <si>
     <t>SmartSiC SiC substrate fab; power electronics</t>
   </si>
   <si>
     <t>2022–(multi-year)</t>
   </si>
   <si>
     <t>€39M</t>
   </si>
   <si>
-    <t>R&amp;D infrastructure</t>
-[...1 lines deleted...]
-  <si>
     <t>Cleanroom tools upgrades; PNFC lab equipment</t>
   </si>
   <si>
     <t>€47M</t>
   </si>
   <si>
     <t>Components/telecom/power/computing research</t>
   </si>
   <si>
     <t>€50M</t>
   </si>
   <si>
-    <t>Talent development</t>
-[...1 lines deleted...]
-  <si>
     <t>Electronics workforce training pipeline</t>
   </si>
   <si>
     <t>STMicroelectronics &amp; GlobalFoundries</t>
   </si>
   <si>
     <t>Soitec (+CEA)</t>
   </si>
   <si>
     <t xml:space="preserve"> Renatech &amp; CEA-Leti</t>
   </si>
   <si>
     <t xml:space="preserve"> 9 Collaborative R&amp;D projects</t>
   </si>
   <si>
     <t>Training Bodies</t>
   </si>
   <si>
     <t>https://presse.economie.gouv.fr/08062023-cp-france-2030-12-projets-francais-structurants-en-microelectronique-et-connectivite-ont-ete-valides-par-la-commission-europeenne/#:~:text=Port%C3%A9s%20par%20Airbus%2C%20Aledia%2C%20Continental%2C,solutions%20pour%20les%20communications%20critiques</t>
   </si>
   <si>
     <t>https://presse.economie.gouv.fr/05062023-bruno-le-maire-annonce-le-debut-de-la-production-de-la-mega-usine-de-semi-conducteurs-portee-par-globalfoundries-et-stmicroelectronics-a-crolles-et-signe-le-contrat-daide-de-letat-au-projet/#:~:text=L%E2%80%99investissement%20total%20de%20ce%20projet%2C,sera%20rembours%C3%A9e%20aux%20autorit%C3%A9s%20publiques</t>
   </si>
   <si>
     <t>https://www.eetimes.com/soitecs-smartsic-to-hit-the-road-in-2024/#:~:text=Only%20four%20years%20will%20have,press%20conference%20before%20the%20ceremony.</t>
@@ -4405,158 +3955,125 @@
   <si>
     <t>£530K</t>
   </si>
   <si>
     <t>£650K</t>
   </si>
   <si>
     <t>£438K</t>
   </si>
   <si>
     <t>https://www.ukri.org/news/11-5m-to-improve-semiconductor-manufacturing-and-supply-chains/</t>
   </si>
   <si>
     <t>https://www.edb.gov.sg/en/business-insights/insights/investments-into-semiconductor-centre-industry-tie-ups-to-power-manufacturing-transformation.html#:~:text=To%20ride%20on%20the%20strength,and%20be%20as%20a%20shared</t>
   </si>
   <si>
     <t>Gallium Nitride Technology Center</t>
   </si>
   <si>
     <t>$85M</t>
   </si>
   <si>
     <t>Memory; Fabrication</t>
   </si>
   <si>
-    <t>Manufacturing; imaging</t>
-[...4 lines deleted...]
-  <si>
     <t>WFE; Fabrication</t>
   </si>
   <si>
     <t xml:space="preserve">Supply Chain  </t>
   </si>
   <si>
-    <t>Materials; Lithography</t>
-[...10 lines deleted...]
-  <si>
     <t>Advanced Manufacturing</t>
   </si>
   <si>
-    <t>Photonics; Substrates</t>
-[...1 lines deleted...]
-  <si>
     <t>Government funded GaN Center</t>
   </si>
   <si>
     <t>RM$600M</t>
   </si>
   <si>
     <t>Microchip Gresham Fab Expansion</t>
   </si>
   <si>
     <t>2024–onwards</t>
   </si>
   <si>
     <t>Modernization &amp; expansion to triple chip output</t>
   </si>
   <si>
     <t>Intel Hillsboro R&amp;D Fab Expansion</t>
   </si>
   <si>
     <t>Expansion of D1X R&amp;D fab; part of $1.86B federal CHIPS award</t>
   </si>
   <si>
     <t>HP Microfluidics R&amp;D Center</t>
   </si>
   <si>
-    <t>R&amp;D; Advanced Packaging</t>
-[...1 lines deleted...]
-  <si>
     <t>Facility upgrades for MEMS/microfluidics R&amp;D</t>
   </si>
   <si>
     <t>Analog Devices Beaverton Site Expansion</t>
   </si>
   <si>
-    <t>R&amp;D; Equipment</t>
-[...1 lines deleted...]
-  <si>
     <t>Equipment &amp; facility expansion; largest ADI site</t>
   </si>
   <si>
     <t>Siltronic Metrology Modernization</t>
   </si>
   <si>
     <t>Materials; WFE</t>
   </si>
   <si>
     <t>Equipment to modernize metrology for wafer production</t>
   </si>
   <si>
     <t>Lam Research Advanced R&amp;D Center</t>
   </si>
   <si>
     <t>New R&amp;D center construction at Tualatin campus</t>
   </si>
   <si>
     <t>Stratacache MicroLED Foundry</t>
   </si>
   <si>
-    <t>Advanced Packaging; Fabrication</t>
-[...1 lines deleted...]
-  <si>
     <t>Reuse of legacy fab for MicroLED production</t>
   </si>
   <si>
     <t>ATI Specialty Materials Expansion</t>
   </si>
   <si>
     <t>Expanding materials production for semiconductors</t>
   </si>
   <si>
     <t>AGC Electronic Hillsboro Upgrade</t>
   </si>
   <si>
     <t>2025–onwards</t>
   </si>
   <si>
-    <t>Materials; Equipment</t>
-[...1 lines deleted...]
-  <si>
     <t>Facility modernization for glass/electronics subsidiary</t>
   </si>
   <si>
     <t>Valliscor Semiconductor Chemicals Plant</t>
   </si>
   <si>
     <t>New plant in Albany to support specialty chemical production</t>
   </si>
   <si>
     <t>TOKA Lithography Materials Expansion</t>
   </si>
   <si>
     <t>Expansion of TOKA facility in Hillsboro for photolithography</t>
   </si>
   <si>
     <t>$11M</t>
   </si>
   <si>
     <t>$115M</t>
   </si>
   <si>
     <t>$9.5M</t>
   </si>
   <si>
     <t>$12M</t>
@@ -4570,74 +4087,62 @@
   <si>
     <t>$19M</t>
   </si>
   <si>
     <t>$1.6M</t>
   </si>
   <si>
     <t>$500K</t>
   </si>
   <si>
     <t>$345K</t>
   </si>
   <si>
     <t>$2.9M</t>
   </si>
   <si>
     <t>https://www.oregon.gov/biz/programs/or_chips_fund/pages/default.aspx#g_87eec6f9_bc10_483b_a964_783bb154410c</t>
   </si>
   <si>
     <t>Investment</t>
   </si>
   <si>
     <t>Malaysian IC design firm backed by EPF &amp; KWAP as NSS champion</t>
   </si>
   <si>
-    <t>Equipment; APT; R&amp;D</t>
-[...1 lines deleted...]
-  <si>
     <t>Local APT &amp; inspection tech firm, EPF/KWAP invested via NSS</t>
   </si>
   <si>
-    <t>APT; Advanced Packaging</t>
-[...1 lines deleted...]
-  <si>
     <t>Leading Malaysian OSAT firm named as NSS champion</t>
   </si>
   <si>
     <t>Major backend packaging company under Malaysia NSS</t>
   </si>
   <si>
-    <t>Equipment; APT</t>
-[...1 lines deleted...]
-  <si>
     <t>Semiconductor automation and test systems company</t>
   </si>
   <si>
-    <t>WFE; Fab Support; Cleanroom Infra</t>
-[...1 lines deleted...]
-  <si>
     <t>Fab infra and specialty services integrator</t>
   </si>
   <si>
     <t>AI and HPC chip design firm highlighted under NSS</t>
   </si>
   <si>
     <t>Power management IC firm under NSS champions</t>
   </si>
   <si>
     <t>Malaysian IC/system design company under NSS</t>
   </si>
   <si>
     <t>(Rumored) Oppstar IC Design Scale-Up</t>
   </si>
   <si>
     <t>(Rumored) ViTrox Advanced Inspection Automation</t>
   </si>
   <si>
     <t>(Rumored) Inari OSAT Expansion</t>
   </si>
   <si>
     <t>(Rumored) Carsem High-Value Assembly Investment</t>
   </si>
   <si>
     <t>(Rumored) Pentamaster Test &amp; Automation Scale-Up</t>
@@ -4658,50 +4163,248 @@
     <t>https://theedgemalaysia.com/node/763905; https://www.klsescreener.com/v2/news/view/1345151/Cover_Story_National_Semiconductor_Strategy_to_guide_industry_up_value_chain#</t>
   </si>
   <si>
     <t>https://public-inspection.federalregister.gov/2025-23912.pdf</t>
   </si>
   <si>
     <t>2027-Indefinitely</t>
   </si>
   <si>
     <t>Temporary Suspension and Extension of Section 301 Tariffs</t>
   </si>
   <si>
     <t>Chipmaker Domestic Capacity Mandate</t>
   </si>
   <si>
     <t>https://www.reuters.com/world/china/china-mandates-50-domestic-equipment-rule-chipmakers-sources-say-2025-12-30/</t>
   </si>
   <si>
     <t>Plan / Requirements</t>
   </si>
   <si>
     <t>USTR determined China’s acts, policies, and practices related to targeting semiconductor industry dominance are actionable under Section 301; tariff action established with an initial additional duty rate of 0%, effective upon publication; 0% rate remains in effect until June 23, 2027, after which USTR may impose a higher tariff rate with ≥30 days’ notice prior to implementation</t>
   </si>
   <si>
     <t>Authorities require chipmakers to use ≥50% domestically manufactured equipment for new semiconductor manufacturing capacity (expansions/new fabs); flexibility/exemptions where local tools are unavailable; stated direction toward 100% domestic reliance over time</t>
+  </si>
+  <si>
+    <t>https://www.jetro.go.jp/ext_images/invest/ijre/report2022/; https://web-assets.bcg.com/25/6e/7a123efd40199020ed1b4114be84/emerging-resilience-in-the-semiconductor-supply-chain-r.pdf</t>
+  </si>
+  <si>
+    <t>¥2.7T ($17.1B USD)</t>
+  </si>
+  <si>
+    <t>Logic; Fabrication</t>
+  </si>
+  <si>
+    <t>Fabrication; Compound; Optical</t>
+  </si>
+  <si>
+    <t>Fabrication; Optical; Compound</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fabrication; Compound </t>
+  </si>
+  <si>
+    <t>Fabrication; Compound</t>
+  </si>
+  <si>
+    <t>Design; Optical</t>
+  </si>
+  <si>
+    <t>Design; Advanced</t>
+  </si>
+  <si>
+    <t>Design; Compound</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R&amp;D; Analog </t>
+  </si>
+  <si>
+    <t>Compound; R&amp;D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sensors </t>
+  </si>
+  <si>
+    <t>Imaging</t>
+  </si>
+  <si>
+    <t>Optical</t>
+  </si>
+  <si>
+    <t>Compound; Materials</t>
+  </si>
+  <si>
+    <t>Optical; Fabrication</t>
+  </si>
+  <si>
+    <t>WFE; APT; R&amp;D</t>
+  </si>
+  <si>
+    <t>WFE;Fab Support</t>
+  </si>
+  <si>
+    <t>¥2.7B</t>
+  </si>
+  <si>
+    <t>¥4.839B</t>
+  </si>
+  <si>
+    <t>¥18.9B</t>
+  </si>
+  <si>
+    <t>¥4.3B</t>
+  </si>
+  <si>
+    <t>¥11.6B</t>
+  </si>
+  <si>
+    <t>¥1.4B</t>
+  </si>
+  <si>
+    <t>¥6B</t>
+  </si>
+  <si>
+    <t>¥2.6B</t>
+  </si>
+  <si>
+    <t>¥3.394B</t>
+  </si>
+  <si>
+    <t>¥500M</t>
+  </si>
+  <si>
+    <t>¥1.071B</t>
+  </si>
+  <si>
+    <t>¥1B</t>
+  </si>
+  <si>
+    <t>¥10B</t>
+  </si>
+  <si>
+    <t>¥13.5B</t>
+  </si>
+  <si>
+    <t>¥400M</t>
+  </si>
+  <si>
+    <t>¥3.3B</t>
+  </si>
+  <si>
+    <t>¥190M</t>
+  </si>
+  <si>
+    <t>¥1.45B</t>
+  </si>
+  <si>
+    <t>¥2.83B</t>
+  </si>
+  <si>
+    <t>¥1.17B</t>
+  </si>
+  <si>
+    <t>¥150M</t>
+  </si>
+  <si>
+    <t>¥2.031B</t>
+  </si>
+  <si>
+    <t>¥1.083B</t>
+  </si>
+  <si>
+    <t>¥1.8B</t>
+  </si>
+  <si>
+    <t>¥680M</t>
+  </si>
+  <si>
+    <t>¥969M</t>
+  </si>
+  <si>
+    <t>¥640M</t>
+  </si>
+  <si>
+    <t>¥2.9B</t>
+  </si>
+  <si>
+    <t>¥949M</t>
+  </si>
+  <si>
+    <t>¥309M</t>
+  </si>
+  <si>
+    <t>¥5M</t>
+  </si>
+  <si>
+    <t>¥22M</t>
+  </si>
+  <si>
+    <t>¥550M</t>
+  </si>
+  <si>
+    <t>¥30M</t>
+  </si>
+  <si>
+    <t>¥480M</t>
+  </si>
+  <si>
+    <t>¥40M</t>
+  </si>
+  <si>
+    <t>¥165M</t>
+  </si>
+  <si>
+    <t>Strategy for Semiconductors and the Digital Industry</t>
+  </si>
+  <si>
+    <t>₩1.1T  ($745M USD)</t>
+  </si>
+  <si>
+    <t>₩1T ($677M USD); 40-50% R&amp;D and Investment Tax Credit</t>
+  </si>
+  <si>
+    <t>South Korea’s “K-Semiconductor Belt” initiative aims to link major chip clusters in the Seoul-region into one integrated semiconductor supply-chain “belt”; the government and private firms pledged over KRW 510 trillion in investment through 2030 to build memory, logic/foundry, packaging and materials ecosystem; major companies such as Samsung Electronics and SK Hynix lead the investments across the belt; 40-50% R&amp;D tax credit; 1T won fund</t>
+  </si>
+  <si>
+    <t>WFE; Materials; Packaging; Fabrication</t>
+  </si>
+  <si>
+    <t>https://world.kbs.co.kr/service/contents_view.htm?board_seq=403357; https://www.thelec.net/news/articleView.html?idxno=2794</t>
+  </si>
+  <si>
+    <t>THB 340B (Unclear how much for Semiconductors, Mostly for public infrastructure projects)</t>
+  </si>
+  <si>
+    <t>https://www.mk.co.kr/en/economy/11493849; https://fsc.go.kr/eng/pr010101/85267</t>
+  </si>
+  <si>
+    <t>₩150T (5-year fund, 75T from government)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2026 management plan allocates ₩4.2T to semiconductors, est. 21T total (4.2 * 5); infrastructure investment loans include power/water facilities supporting high-tech clusters; </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
@@ -4753,51 +4456,51 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
@@ -4808,303 +4511,277 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-    <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="77">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
@@ -5403,15019 +5080,15019 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.info.gouv.fr/upload/media/organization/0001/01/sites_default_files_contenu_piece-jointe_2022_07_22_-_dossier_de_presse_-_electronique_2030.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tomshardware.com/tech-industry/manufacturing/chinese-province-sets-up-dollar15-billion-chip-fund-to-boost-local-semiconductor-industry?" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://startup.aliyun.com/info/1092847.html?" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.www.gov.cn/news/202405/29/content_WS66569746c6d0868f4e8e7987.html?" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hoganlovells.com/en/publications/japans-new-chip-equipment-export-rules-take-effect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.foi.se/rest-api/report/FOI%20Memo%208937" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nist.gov/news-events/news/2024/05/jarvis-leaderboard-large-scale-benchmark-materials-design-methods?utm_source" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://startup.aliyun.com/info/1092847.html?" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mk.co.kr/en/economy/11493849" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.winston.com/en/blogs-and-podcasts/global-trade-and-foreign-policy-insights/china-places-export-controls-on-raw-materials-used-in-semiconductor-manufacturing?" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://startup.aliyun.com/info/1092847.html?" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cls.cn/detail/1797798?" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.meti.go.jp/english/policy/0704_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.businesskorea.co.kr/news/articleView.html?idxno=48289;https://koreajoongangdaily.joins.com/2019/04/30/economy/Government-launches-plan-to-make-Korea-a-semiconductor-leader-by-2030/3062504.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nist.gov/news-events/news/2023/11/chips-america-releases-vision-approximately-3-billion-national-advanced?" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www5.cao.go.jp/keizai1/keizaitaisaku/2021/20211119_economic_measures_all.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cset.georgetown.edu/wp-content/uploads/t0432_made_in_china_2025_EN.pdf?" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nist.gov/news-events/news/2024/11/chips-america-announces-new-proposed-285-million-award-chips-manufacturing?" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globaltradealert.org/state-act/62404-republic-of-korea-government-publishes-national-strategy-for-artificial-intelligence?" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osos.boi.go.th/download/BOI_PDF/BOI_A_Guide_2023_EN.pdf?" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cls.cn/detail/1797798?" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://m.bjnews.com.cn/detail/157201078715912.html?" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lawplusltd.com/wp-content/uploads/kalins-pdf/singles/eastern-economic-corridor-act-b-e-2561-thailand.pdf?" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tomshardware.com/tech-industry/manufacturing/chinese-province-sets-up-dollar15-billion-chip-fund-to-boost-local-semiconductor-industry?" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globaltradealert.org/state-act/62404-republic-of-korea-government-publishes-national-strategy-for-artificial-intelligence?" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.info.gouv.fr/upload/media/organization/0001/01/sites_default_files_contenu_piece-jointe_2022_07_22_-_dossier_de_presse_-_electronique_2030.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tomshardware.com/tech-industry/manufacturing/chinese-province-sets-up-dollar15-billion-chip-fund-to-boost-local-semiconductor-industry?" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://startup.aliyun.com/info/1092847.html?" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jetro.go.jp/ext_images/invest/ijre/report2022/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.www.gov.cn/news/202405/29/content_WS66569746c6d0868f4e8e7987.html?" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hoganlovells.com/en/publications/japans-new-chip-equipment-export-rules-take-effect" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.foi.se/rest-api/report/FOI%20Memo%208937" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nist.gov/news-events/news/2024/05/jarvis-leaderboard-large-scale-benchmark-materials-design-methods?utm_source" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://startup.aliyun.com/info/1092847.html?" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mk.co.kr/en/economy/11493849" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.winston.com/en/blogs-and-podcasts/global-trade-and-foreign-policy-insights/china-places-export-controls-on-raw-materials-used-in-semiconductor-manufacturing?" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://startup.aliyun.com/info/1092847.html?" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cls.cn/detail/1797798?" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.meti.go.jp/english/policy/0704_001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.businesskorea.co.kr/news/articleView.html?idxno=48289;https://koreajoongangdaily.joins.com/2019/04/30/economy/Government-launches-plan-to-make-Korea-a-semiconductor-leader-by-2030/3062504.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nist.gov/news-events/news/2023/11/chips-america-releases-vision-approximately-3-billion-national-advanced?" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www5.cao.go.jp/keizai1/keizaitaisaku/2021/20211119_economic_measures_all.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cset.georgetown.edu/wp-content/uploads/t0432_made_in_china_2025_EN.pdf?" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nist.gov/news-events/news/2024/11/chips-america-announces-new-proposed-285-million-award-chips-manufacturing?" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globaltradealert.org/state-act/62404-republic-of-korea-government-publishes-national-strategy-for-artificial-intelligence?" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://osos.boi.go.th/download/BOI_PDF/BOI_A_Guide_2023_EN.pdf?" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cls.cn/detail/1797798?" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://m.bjnews.com.cn/detail/157201078715912.html?" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lawplusltd.com/wp-content/uploads/kalins-pdf/singles/eastern-economic-corridor-act-b-e-2561-thailand.pdf?" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tomshardware.com/tech-industry/manufacturing/chinese-province-sets-up-dollar15-billion-chip-fund-to-boost-local-semiconductor-industry?" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globaltradealert.org/state-act/62404-republic-of-korea-government-publishes-national-strategy-for-artificial-intelligence?" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aseanbriefing.com/news/thailand-eastern-economic-corridor/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendforce.com/news/2025/10/31/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendforce.com/news/2025/11/05/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendforce.com/news/2025/09/19/news-japan-pledged-jpy-536-billion-to-micron-escalating-global-semiconductor-subsidy-race/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.manufacturingusa.com/news/biden-harris-administration-awards-semiconductor-research-corporation-manufacturing-consortium?" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commerce.gov/news/press-releases/2025/01/department-commerce-finalizes-long-term-partnership-natcast-operate?" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A58DA288-621D-234D-8C9E-E346BAADF8DC}">
   <dimension ref="A1:M1048558"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A99" zoomScale="62" zoomScaleNormal="62" workbookViewId="0">
-      <selection activeCell="L102" sqref="L102"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" zoomScale="62" zoomScaleNormal="62" workbookViewId="0">
+      <selection activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.625" defaultRowHeight="114.95" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="115" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="18.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="22.625" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="49.875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18.1640625" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="21.6640625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.1640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.33203125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.1640625" customWidth="1"/>
+    <col min="10" max="10" width="49.83203125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="32.5" bestFit="1" customWidth="1"/>
-    <col min="12" max="12" width="255.625" style="25" customWidth="1"/>
+    <col min="12" max="12" width="255.6640625" style="25" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E1" s="52" t="s">
+    <row r="1" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="50" t="s">
+        <v>219</v>
+      </c>
+      <c r="B1" s="51" t="s">
+        <v>218</v>
+      </c>
+      <c r="C1" s="51" t="s">
+        <v>220</v>
+      </c>
+      <c r="D1" s="51" t="s">
+        <v>221</v>
+      </c>
+      <c r="E1" s="51" t="s">
         <v>5</v>
       </c>
-      <c r="F1" s="52" t="s">
-[...5 lines deleted...]
-      <c r="H1" s="52" t="s">
+      <c r="F1" s="51" t="s">
+        <v>54</v>
+      </c>
+      <c r="G1" s="51" t="s">
+        <v>553</v>
+      </c>
+      <c r="H1" s="51" t="s">
         <v>1</v>
       </c>
-      <c r="I1" s="52" t="s">
+      <c r="I1" s="51" t="s">
         <v>2</v>
       </c>
-      <c r="J1" s="52" t="s">
+      <c r="J1" s="51" t="s">
         <v>3</v>
       </c>
-      <c r="K1" s="52" t="s">
-[...2 lines deleted...]
-      <c r="L1" s="53" t="s">
+      <c r="K1" s="51" t="s">
         <v>57</v>
       </c>
-    </row>
-    <row r="2" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="L1" s="52" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="7">
         <v>1</v>
       </c>
       <c r="C2" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D2" s="7" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="E2" s="7">
         <v>2022</v>
       </c>
       <c r="F2" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G2" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H2" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="I2" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="J2" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="K2" s="10" t="s">
+        <v>519</v>
+      </c>
+      <c r="L2" s="26" t="s">
         <v>59</v>
       </c>
-      <c r="I2" s="7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M2" s="1"/>
     </row>
-    <row r="3" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="7">
         <v>1</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D3" s="7">
         <v>1</v>
       </c>
       <c r="E3" s="7">
         <v>2023</v>
       </c>
       <c r="F3" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G3" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="7" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="J3" s="7" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="K3" s="10" t="s">
-        <v>531</v>
+        <v>520</v>
       </c>
       <c r="L3" s="23" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="M3" s="1"/>
     </row>
-    <row r="4" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="7">
         <v>2</v>
       </c>
       <c r="C4" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D4" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E4" s="7">
         <v>2018</v>
       </c>
       <c r="F4" s="7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G4" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>8</v>
       </c>
       <c r="I4" s="12">
         <v>0.5</v>
       </c>
       <c r="J4" s="7" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K4" s="10" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
       <c r="L4" s="23" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="M4" s="1"/>
     </row>
-    <row r="5" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="7">
         <v>3</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E5" s="7">
         <v>2018</v>
       </c>
       <c r="F5" s="7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G5" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I5" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J5" s="7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K5" s="10" t="s">
-        <v>532</v>
+        <v>521</v>
       </c>
       <c r="L5" s="23" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="M5" s="1"/>
     </row>
-    <row r="6" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="7">
         <v>4</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E6" s="7">
         <v>2018</v>
       </c>
       <c r="F6" s="7" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="G6" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H6" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="J6" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="I6" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K6" s="10" t="s">
-        <v>533</v>
+        <v>522</v>
       </c>
       <c r="L6" s="23" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="7">
         <v>3</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="7">
         <v>1</v>
       </c>
       <c r="E7" s="7">
         <v>2022</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G7" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J7" s="7" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>71</v>
+      </c>
+      <c r="K7" s="63" t="s">
+        <v>515</v>
       </c>
       <c r="L7" s="23" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="7">
         <v>5</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E8" s="7">
         <v>2022</v>
       </c>
       <c r="F8" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G8" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H8" s="7" t="s">
         <v>14</v>
       </c>
       <c r="I8" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J8" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K8" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="L8" s="54" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="L8" s="53" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="7">
         <v>6</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E9" s="7">
         <v>2023</v>
       </c>
       <c r="F9" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G9" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H9" s="7" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I9" s="7" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>4</v>
       </c>
       <c r="K9" s="10" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="L9" s="23" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B10" s="9">
         <v>7</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F10" s="9" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G10" s="11" t="s">
         <v>20</v>
       </c>
       <c r="H10" s="9" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I10" s="9" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="J10" s="9" t="s">
         <v>4</v>
       </c>
       <c r="K10" s="11" t="s">
-        <v>546</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>535</v>
+      </c>
+      <c r="L10" s="54" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B11" s="7">
         <v>8</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="7">
         <v>1</v>
       </c>
       <c r="E11" s="7">
         <v>2014</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>20</v>
       </c>
       <c r="H11" s="7" t="s">
         <v>21</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>22</v>
       </c>
       <c r="J11" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="K11" s="10" t="s">
-        <v>527</v>
+        <v>516</v>
       </c>
       <c r="L11" s="23" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B12" s="9">
         <v>8</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>23</v>
       </c>
       <c r="D12" s="7">
         <v>2</v>
       </c>
       <c r="E12" s="7">
         <v>2019</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>20</v>
       </c>
       <c r="H12" s="7" t="s">
         <v>21</v>
       </c>
       <c r="I12" s="7" t="s">
         <v>24</v>
       </c>
       <c r="J12" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K12" s="10" t="s">
-        <v>528</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>517</v>
+      </c>
+      <c r="L12" s="55" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B13" s="9">
         <v>8</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="7">
         <v>3</v>
       </c>
       <c r="E13" s="7">
         <v>2024</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>20</v>
       </c>
       <c r="H13" s="7" t="s">
         <v>21</v>
       </c>
       <c r="I13" s="7" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="K13" s="10" t="s">
-        <v>529</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>518</v>
+      </c>
+      <c r="L13" s="55" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="8" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="7">
         <v>9</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E14" s="9">
         <v>2020</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G14" s="11" t="s">
         <v>20</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J14" s="9" t="s">
         <v>31</v>
       </c>
       <c r="K14" s="11" t="s">
         <v>27</v>
       </c>
       <c r="L14" s="26" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="7">
         <v>10</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E15" s="7">
         <v>2023</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>32</v>
       </c>
       <c r="K15" s="10" t="s">
-        <v>534</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>523</v>
+      </c>
+      <c r="L15" s="55" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B16" s="7">
         <v>11</v>
       </c>
       <c r="C16" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E16" s="7">
         <v>2023</v>
       </c>
       <c r="F16" s="7" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G16" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>36</v>
       </c>
       <c r="K16" s="10" t="s">
         <v>35</v>
       </c>
       <c r="L16" s="23" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B17" s="7">
         <v>12</v>
       </c>
       <c r="C17" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E17" s="7">
         <v>2023</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G17" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I17" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="J17" s="7" t="s">
+        <v>528</v>
+      </c>
+      <c r="K17" s="10" t="s">
+        <v>524</v>
+      </c>
+      <c r="L17" s="23" t="s">
         <v>96</v>
       </c>
-      <c r="J17" s="7" t="s">
-[...9 lines deleted...]
-    <row r="18" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="18" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="7">
         <v>13</v>
       </c>
       <c r="C18" s="19" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E18" s="7">
         <v>2019</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I18" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J18" s="7" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="K18" s="10" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="L18" s="23" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B19" s="7">
         <v>14</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E19" s="7">
         <v>2024</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>50</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K19" s="10" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="L19" s="23" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="M19" s="18" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
-        <v>45</v>
+        <v>1415</v>
       </c>
       <c r="B20" s="7">
         <v>15</v>
       </c>
-      <c r="C20" s="7" t="s">
-[...3 lines deleted...]
-        <v>63</v>
+      <c r="C20" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" s="7">
+        <v>1</v>
       </c>
       <c r="E20" s="7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="7" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="I20" s="7" t="s">
-        <v>105</v>
+        <v>1360</v>
       </c>
       <c r="J20" s="7" t="s">
-        <v>543</v>
+        <v>532</v>
       </c>
       <c r="K20" s="10" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-    <row r="21" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>106</v>
+      </c>
+      <c r="L20" s="55" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="6" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="7">
         <v>16</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E21" s="7">
         <v>2022</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H21" s="7" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="I21" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="J21" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="K21" s="10" t="s">
+        <v>533</v>
+      </c>
+      <c r="L21" s="55" t="s">
         <v>107</v>
       </c>
-      <c r="J21" s="7" t="s">
-[...9 lines deleted...]
-    <row r="22" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="22" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B22" s="7">
+        <v>15</v>
+      </c>
+      <c r="C22" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="B22" s="7">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="D22" s="7">
+        <v>2</v>
       </c>
       <c r="E22" s="7">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="G22" s="7" t="s">
         <v>39</v>
       </c>
       <c r="H22" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I22" s="7" t="s">
         <v>48</v>
       </c>
       <c r="J22" s="7" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="K22" s="10" t="s">
-        <v>547</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>536</v>
+      </c>
+      <c r="L22" s="55" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="9">
         <v>18</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E23" s="9">
         <v>2023</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="G23" s="9" t="s">
         <v>39</v>
       </c>
       <c r="H23" s="9" t="s">
         <v>9</v>
       </c>
       <c r="I23" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J23" s="9" t="s">
         <v>53</v>
       </c>
       <c r="K23" s="11" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="L23" s="26" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="8" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B24" s="9">
         <v>19</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E24" s="9">
         <v>2019</v>
       </c>
       <c r="F24" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="G24" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="H24" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="I24" s="9" t="s">
+        <v>1416</v>
+      </c>
+      <c r="J24" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="K24" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="L24" s="54" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="8" t="s">
         <v>126</v>
-      </c>
-[...21 lines deleted...]
-        <v>134</v>
       </c>
       <c r="B25" s="9">
         <v>20</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E25" s="9">
         <v>2021</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H25" s="9" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="I25" s="9" t="s">
-        <v>131</v>
+        <v>1417</v>
       </c>
       <c r="J25" s="9" t="s">
-        <v>132</v>
+        <v>1419</v>
       </c>
       <c r="K25" s="11" t="s">
-        <v>550</v>
+        <v>1418</v>
       </c>
       <c r="L25" s="26" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="6" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="B26" s="7">
         <v>21</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E26" s="7">
         <v>2023</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G26" s="7" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H26" s="7" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="I26" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J26" s="7" t="s">
         <v>31</v>
       </c>
       <c r="K26" s="10" t="s">
-        <v>562</v>
+        <v>550</v>
       </c>
       <c r="L26" s="23" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="6" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="B27" s="7">
         <v>21</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D27" s="7">
         <v>1</v>
       </c>
       <c r="E27" s="7">
         <v>2025</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>31</v>
       </c>
       <c r="K27" s="10" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="L27" s="23" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="6" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="B28" s="7">
         <v>22</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E28" s="7">
         <v>2024</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G28" s="7" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H28" s="7" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="I28" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J28" s="7" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="K28" s="10" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="L28" s="24" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="6" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B29" s="7">
         <v>23</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E29" s="7">
         <v>2024</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G29" s="7" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H29" s="7" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="I29" s="7" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="J29" s="7" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="K29" s="10" t="s">
-        <v>564</v>
+        <v>552</v>
       </c>
       <c r="L29" s="23" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="6" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B30" s="7">
         <v>25</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E30" s="7">
         <v>2022</v>
       </c>
       <c r="F30" s="7" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="G30" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="H30" s="7" t="s">
         <v>156</v>
       </c>
-      <c r="H30" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I30" s="7" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="J30" s="7" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="K30" s="10" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="L30" s="23" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="6" t="s">
-        <v>1068</v>
+        <v>961</v>
       </c>
       <c r="B31" s="7">
         <v>26</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E31" s="7">
         <v>2018</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="H31" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="J31" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="K31" s="10" t="s">
+        <v>569</v>
+      </c>
+      <c r="L31" s="23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="8" t="s">
         <v>168</v>
-      </c>
-[...15 lines deleted...]
-        <v>176</v>
       </c>
       <c r="B32" s="9">
         <v>27</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E32" s="9">
         <v>2023</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="H32" s="9" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="I32" s="9" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="J32" s="9" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="K32" s="11" t="s">
-        <v>582</v>
+        <v>570</v>
       </c>
       <c r="L32" s="26" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="6" t="s">
-        <v>1087</v>
+        <v>980</v>
       </c>
       <c r="B33" s="7">
         <v>28</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E33" s="7">
         <v>2021</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="G33" s="7" t="s">
-        <v>566</v>
+        <v>554</v>
       </c>
       <c r="H33" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I33" s="7" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="J33" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="K33" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="L33" s="55" t="s">
         <v>202</v>
       </c>
-      <c r="K33" s="10" t="s">
-[...6 lines deleted...]
-    <row r="34" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="34" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="6" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B34" s="7">
         <v>29</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E34" s="7">
         <v>2023</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="G34" s="7" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="H34" s="7" t="s">
         <v>9</v>
       </c>
       <c r="I34" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J34" s="7" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="K34" s="10" t="s">
-        <v>583</v>
+        <v>571</v>
       </c>
       <c r="L34" s="23" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="6" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B35" s="7">
         <v>30</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E35" s="7">
         <v>2018</v>
       </c>
       <c r="F35" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>557</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="J35" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="K35" s="10" t="s">
+        <v>572</v>
+      </c>
+      <c r="L35" s="23" t="s">
         <v>192</v>
       </c>
-      <c r="G35" s="7" t="s">
-[...18 lines deleted...]
-    <row r="36" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="36" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="8" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="B36" s="9">
         <v>31</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E36" s="9">
         <v>2013</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>569</v>
+        <v>557</v>
       </c>
       <c r="H36" s="9" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="I36" s="9" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="J36" s="9" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="K36" s="10" t="s">
-        <v>585</v>
+        <v>573</v>
       </c>
       <c r="L36" s="26" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="6" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="B37" s="7">
         <v>32</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E37" s="7">
         <v>2023</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>570</v>
+        <v>558</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="J37" s="7" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="K37" s="10" t="s">
-        <v>586</v>
+        <v>574</v>
       </c>
       <c r="L37" s="23" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="6" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="B38" s="7">
         <v>33</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E38" s="7">
         <v>2020</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="I38" s="7" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="K38" s="10" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="L38" s="26" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="6" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="B39" s="7">
         <v>34</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E39" s="7">
         <v>2015</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="K39" s="10" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="L39" s="23" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="8" t="s">
         <v>215</v>
-      </c>
-[...3 lines deleted...]
-        <v>223</v>
       </c>
       <c r="B40" s="15">
         <v>35</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E40" s="9">
         <v>2017</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H40" s="9" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="I40" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J40" s="9" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="K40" s="11" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="L40" s="26" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.3">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="8" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="B41" s="9">
         <v>35</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="D41" s="7">
         <v>1</v>
       </c>
       <c r="E41" s="7">
         <v>2022</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="I41" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J41" s="7" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="K41" s="10" t="s">
-        <v>590</v>
+        <v>578</v>
       </c>
       <c r="L41" s="23" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="M41" s="20" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="8" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="B42" s="9">
         <v>36</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E42" s="9">
         <v>2012</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H42" s="9" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="I42" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J42" s="9" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="K42" s="11" t="s">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="L42" s="26" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="6" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="B43" s="7">
         <v>37</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E43" s="7">
         <v>2011</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="K43" s="10" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="L43" s="23" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="6" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="B44" s="7">
         <v>38</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="D44" s="7">
         <v>1</v>
       </c>
       <c r="E44" s="7">
         <v>2024</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H44" s="7" t="s">
         <v>14</v>
       </c>
       <c r="I44" s="7" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="J44" s="7" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="K44" s="10" t="s">
-        <v>593</v>
+        <v>581</v>
       </c>
       <c r="L44" s="23" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="8" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="B45" s="9">
         <v>39</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="D45" s="9">
         <v>1</v>
       </c>
       <c r="E45" s="9">
         <v>2023</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="G45" s="9" t="s">
-        <v>571</v>
+        <v>559</v>
       </c>
       <c r="H45" s="9" t="s">
         <v>14</v>
       </c>
       <c r="I45" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J45" s="9" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="K45" s="11" t="s">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="L45" s="26" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B46" s="7">
         <v>40</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E46" s="7">
         <v>2024</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="I46" s="7" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="J46" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="K46" s="10" t="s">
+        <v>583</v>
+      </c>
+      <c r="L46" s="23" t="s">
         <v>261</v>
       </c>
-      <c r="K46" s="10" t="s">
-[...6 lines deleted...]
-    <row r="47" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="47" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="8" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B47" s="9">
         <v>40</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="D47" s="9">
         <v>1</v>
       </c>
       <c r="E47" s="9">
         <v>2024</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="G47" s="9" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H47" s="9" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="I47" s="9" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="J47" s="9" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="K47" s="11" t="s">
-        <v>596</v>
+        <v>584</v>
       </c>
       <c r="L47" s="26" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B48" s="7">
         <v>40</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="D48" s="7">
         <v>2</v>
       </c>
       <c r="E48" s="7">
         <v>2024</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="G48" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H48" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="J48" s="7" t="s">
         <v>266</v>
       </c>
-      <c r="I48" s="7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K48" s="10" t="s">
-        <v>597</v>
+        <v>585</v>
       </c>
       <c r="L48" s="23" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B49" s="7">
         <v>40</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="D49" s="7">
         <v>3</v>
       </c>
       <c r="E49" s="7">
         <v>2024</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="G49" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="I49" s="7" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="J49" s="7" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="K49" s="10" t="s">
-        <v>598</v>
+        <v>586</v>
       </c>
       <c r="L49" s="23" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B50" s="7">
         <v>40</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>599</v>
+        <v>587</v>
       </c>
       <c r="D50" s="7">
         <v>4</v>
       </c>
       <c r="E50" s="7">
         <v>2024</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I50" s="7" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="J50" s="7" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>272</v>
+      </c>
+      <c r="K50" s="39" t="s">
+        <v>588</v>
       </c>
       <c r="L50" s="23" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="8" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B51" s="9">
         <v>40</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="D51" s="9">
         <v>5</v>
       </c>
       <c r="E51" s="9">
         <v>2024</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="G51" s="9" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H51" s="9" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="I51" s="9" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="J51" s="9" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="K51" s="11" t="s">
-        <v>601</v>
+        <v>589</v>
       </c>
       <c r="L51" s="26" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="8" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B52" s="9">
         <v>40</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="D52" s="9">
         <v>6</v>
       </c>
       <c r="E52" s="9">
         <v>2023</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="G52" s="9" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H52" s="9" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="I52" s="9" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="J52" s="9" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="K52" s="11" t="s">
-        <v>602</v>
+        <v>590</v>
       </c>
       <c r="L52" s="26" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B53" s="7">
         <v>40</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="D53" s="7">
         <v>7</v>
       </c>
       <c r="E53" s="7">
         <v>2024</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="G53" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H53" s="7" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="I53" s="7" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="J53" s="7" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="K53" s="10" t="s">
-        <v>603</v>
+        <v>591</v>
       </c>
       <c r="L53" s="23" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B54" s="7">
         <v>40</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="D54" s="7">
         <v>8</v>
       </c>
       <c r="E54" s="7">
         <v>2024</v>
       </c>
       <c r="F54" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>560</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="J54" s="7" t="s">
         <v>291</v>
       </c>
-      <c r="G54" s="7" t="s">
-[...5 lines deleted...]
-      <c r="I54" s="7" t="s">
+      <c r="K54" s="10" t="s">
+        <v>592</v>
+      </c>
+      <c r="L54" s="23" t="s">
         <v>273</v>
       </c>
-      <c r="J54" s="7" t="s">
-[...9 lines deleted...]
-    <row r="55" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="55" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B55" s="7">
         <v>40</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="D55" s="7">
         <v>9</v>
       </c>
       <c r="E55" s="7">
         <v>2024</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="I55" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="J55" s="7" t="s">
+        <v>287</v>
+      </c>
+      <c r="K55" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="L55" s="23" t="s">
         <v>273</v>
       </c>
-      <c r="J55" s="7" t="s">
-[...9 lines deleted...]
-    <row r="56" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="56" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="6" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="B56" s="7">
         <v>41</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E56" s="7">
         <v>2025</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="G56" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H56" s="7" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="I56" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J56" s="7" t="s">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="K56" s="10" t="s">
-        <v>606</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>594</v>
+      </c>
+      <c r="L56" s="56" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="B57" s="7">
         <v>42</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E57" s="7">
         <v>2024</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H57" s="7" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="I57" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J57" s="7" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="K57" s="10" t="s">
-        <v>607</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>595</v>
+      </c>
+      <c r="L57" s="56" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="B58" s="7">
         <v>42</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="D58" s="7">
         <v>1</v>
       </c>
       <c r="E58" s="7">
         <v>2024</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G58" s="7" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H58" s="7" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I58" s="7" t="s">
-        <v>1422</v>
+        <v>1293</v>
       </c>
       <c r="J58" s="7" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="K58" s="10" t="s">
-        <v>608</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>596</v>
+      </c>
+      <c r="L58" s="56" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="8" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="B59" s="9">
         <v>43</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D59" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E59" s="9">
         <v>1986</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="G59" s="9" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H59" s="9" t="s">
         <v>14</v>
       </c>
       <c r="I59" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J59" s="9" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="K59" s="11" t="s">
-        <v>309</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>301</v>
+      </c>
+      <c r="L59" s="57" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="7" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="B60" s="7">
         <v>44</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="D60" s="7">
         <v>1</v>
       </c>
       <c r="E60" s="7">
         <v>2021</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>573</v>
+        <v>561</v>
       </c>
       <c r="H60" s="7" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="I60" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J60" s="7" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="K60" s="10" t="s">
-        <v>609</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>597</v>
+      </c>
+      <c r="L60" s="56" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="9" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="B61" s="9">
         <v>45</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E61" s="9">
         <v>2015</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="G61" s="9" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H61" s="9" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="I61" s="9"/>
       <c r="J61" s="9" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="K61" s="11" t="s">
-        <v>610</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>598</v>
+      </c>
+      <c r="L61" s="59" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="9" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="B62" s="9">
         <v>45</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="D62" s="7">
         <v>1</v>
       </c>
       <c r="E62" s="7">
         <v>2018</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G62" s="7" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H62" s="7" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="I62" s="9" t="s">
-        <v>330</v>
+        <v>1421</v>
       </c>
       <c r="J62" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="K62" s="10" t="s">
+        <v>322</v>
+      </c>
+      <c r="L62" s="58" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="63" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="7" t="s">
         <v>323</v>
-      </c>
-[...9 lines deleted...]
-        <v>332</v>
       </c>
       <c r="B63" s="7">
         <v>44</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="D63" s="7">
         <v>2</v>
       </c>
       <c r="E63" s="7">
         <v>2021</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="G63" s="7" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>14</v>
       </c>
       <c r="I63" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J63" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="K63" s="10" t="s">
+        <v>599</v>
+      </c>
+      <c r="L63" s="56" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="64" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="7" t="s">
         <v>323</v>
-      </c>
-[...9 lines deleted...]
-        <v>332</v>
       </c>
       <c r="B64" s="7">
         <v>44</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="D64" s="7">
         <v>3</v>
       </c>
       <c r="E64" s="7">
         <v>2023</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G64" s="7" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H64" s="7" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="I64" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J64" s="7" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="K64" s="10" t="s">
-        <v>353</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>344</v>
+      </c>
+      <c r="L64" s="58" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="7" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="B65" s="7">
         <v>47</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="D65" s="7">
         <v>1</v>
       </c>
       <c r="E65" s="7">
         <v>2024</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G65" s="7" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H65" s="7" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
       <c r="I65" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J65" s="7" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="K65" s="10" t="s">
-        <v>612</v>
-[...5 lines deleted...]
-    <row r="66" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>600</v>
+      </c>
+      <c r="L65" s="56" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="7" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="B66" s="7">
         <v>47</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D66" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E66" s="7">
         <v>2019</v>
       </c>
       <c r="F66" s="7" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="G66" s="7" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H66" s="7" t="s">
         <v>14</v>
       </c>
       <c r="I66" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J66" s="7" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="K66" s="10" t="s">
-        <v>341</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>332</v>
+      </c>
+      <c r="L66" s="56" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="B67" s="7">
         <v>45</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="D67" s="7">
         <v>1</v>
       </c>
       <c r="E67" s="7">
         <v>2024</v>
       </c>
       <c r="F67" s="7" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="G67" s="7" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H67" s="7" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="I67" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J67" s="7" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="K67" s="10" t="s">
-        <v>613</v>
-[...5 lines deleted...]
-    <row r="68" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>601</v>
+      </c>
+      <c r="L67" s="56" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="9" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="B68" s="9">
         <v>45</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="D68" s="9">
         <v>2</v>
       </c>
       <c r="E68" s="9">
         <v>2025</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H68" s="9" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="I68" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J68" s="9" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="K68" s="11" t="s">
-        <v>348</v>
-[...5 lines deleted...]
-    <row r="69" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>339</v>
+      </c>
+      <c r="L68" s="57" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="69" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="9" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="B69" s="9">
         <v>48</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E69" s="9">
         <v>2025</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="G69" s="9" t="s">
-        <v>574</v>
+        <v>562</v>
       </c>
       <c r="H69" s="9" t="s">
         <v>14</v>
       </c>
       <c r="I69" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J69" s="9" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="K69" s="11" t="s">
-        <v>614</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>602</v>
+      </c>
+      <c r="L69" s="57" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="70" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B70" s="9">
         <v>1</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="D70" s="9">
         <v>2</v>
       </c>
       <c r="E70" s="9">
         <v>2022</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G70" s="9" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H70" s="9" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="I70" s="9" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="J70" s="9" t="s">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="K70" s="11" t="s">
-        <v>615</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>603</v>
+      </c>
+      <c r="L70" s="59" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B71" s="9">
         <v>1</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D71" s="9">
         <v>3</v>
       </c>
       <c r="E71" s="9">
         <v>2022</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G71" s="9" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H71" s="9" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="I71" s="27" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="J71" s="9" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="K71" s="11" t="s">
-        <v>616</v>
-[...5 lines deleted...]
-    <row r="72" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>604</v>
+      </c>
+      <c r="L71" s="57" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B72" s="9">
         <v>1</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="D72" s="9">
         <v>4</v>
       </c>
       <c r="E72" s="9">
         <v>2022</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G72" s="9" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H72" s="9" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="I72" s="9" t="s">
-        <v>617</v>
+        <v>605</v>
       </c>
       <c r="J72" s="9" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="K72" s="11" t="s">
-        <v>618</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>606</v>
+      </c>
+      <c r="L72" s="59" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B73" s="7">
         <v>1</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="D73" s="7">
         <v>5</v>
       </c>
       <c r="E73" s="7">
         <v>2022</v>
       </c>
       <c r="F73" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G73" s="7" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H73" s="7" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="I73" s="7" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="J73" s="7" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="K73" s="10" t="s">
-        <v>619</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:12" s="22" customFormat="1" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>607</v>
+      </c>
+      <c r="L73" s="58" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" s="22" customFormat="1" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="9" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="B74" s="9">
         <v>49</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E74" s="9">
         <v>2022</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G74" s="9" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H74" s="9" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="I74" s="9" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="J74" s="9" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="K74" s="11" t="s">
-        <v>620</v>
-[...5 lines deleted...]
-    <row r="75" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>608</v>
+      </c>
+      <c r="L74" s="57" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="7" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B75" s="7">
         <v>50</v>
       </c>
       <c r="C75" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D75" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E75" s="7">
         <v>2020</v>
       </c>
       <c r="F75" s="7" t="s">
-        <v>374</v>
+        <v>365</v>
       </c>
       <c r="G75" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H75" s="7" t="s">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="I75" s="7" t="s">
-        <v>376</v>
+        <v>367</v>
       </c>
       <c r="J75" s="7" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="K75" s="10" t="s">
-        <v>621</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>609</v>
+      </c>
+      <c r="L75" s="58" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="9" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B76" s="9">
         <v>50</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="D76" s="9">
         <v>1</v>
       </c>
       <c r="E76" s="9">
         <v>2023</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="G76" s="9" t="s">
         <v>20</v>
       </c>
       <c r="H76" s="9" t="s">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="I76" s="9" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="J76" s="9" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="K76" s="11" t="s">
-        <v>622</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>610</v>
+      </c>
+      <c r="L76" s="59" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="9" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="B77" s="9">
         <v>51</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D77" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E77" s="9">
         <v>2025</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="G77" s="9" t="s">
         <v>20</v>
       </c>
       <c r="H77" s="9" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I77" s="9" t="s">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="J77" s="9" t="s">
-        <v>382</v>
+        <v>373</v>
       </c>
       <c r="K77" s="11" t="s">
-        <v>625</v>
-[...5 lines deleted...]
-    <row r="78" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>613</v>
+      </c>
+      <c r="L77" s="57" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="7" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="B78" s="7">
         <v>52</v>
       </c>
       <c r="C78" s="7" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="D78" s="7">
         <v>1</v>
       </c>
       <c r="E78" s="7">
         <v>2016</v>
       </c>
       <c r="F78" s="7" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="G78" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H78" s="7" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I78" s="7" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="J78" s="7" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="K78" s="10" t="s">
-        <v>623</v>
-[...5 lines deleted...]
-    <row r="79" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>611</v>
+      </c>
+      <c r="L78" s="58" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="7" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="B79" s="7">
         <v>52</v>
       </c>
       <c r="C79" s="7" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="D79" s="7">
         <v>2</v>
       </c>
       <c r="E79" s="7">
         <v>2020</v>
       </c>
       <c r="F79" s="7" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="G79" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H79" s="7" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I79" s="7" t="s">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c r="J79" s="7" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="K79" s="10" t="s">
-        <v>624</v>
-[...5 lines deleted...]
-    <row r="80" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>612</v>
+      </c>
+      <c r="L79" s="58" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="7" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="B80" s="7">
         <v>52</v>
       </c>
       <c r="C80" s="7" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="D80" s="7">
         <v>3</v>
       </c>
       <c r="E80" s="7">
         <v>2025</v>
       </c>
       <c r="F80" s="7" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="G80" s="7" t="s">
         <v>20</v>
       </c>
       <c r="H80" s="7" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I80" s="7" t="s">
-        <v>385</v>
+        <v>376</v>
       </c>
       <c r="J80" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="K80" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="L80" s="58" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" s="21" customFormat="1" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="9" t="s">
         <v>387</v>
-      </c>
-[...9 lines deleted...]
-        <v>396</v>
       </c>
       <c r="B81" s="9">
         <v>53</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D81" s="9" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E81" s="9">
         <v>2024</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="G81" s="9" t="s">
         <v>20</v>
       </c>
       <c r="H81" s="9" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I81" s="9" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="J81" s="9" t="s">
+        <v>378</v>
+      </c>
+      <c r="K81" s="11" t="s">
+        <v>615</v>
+      </c>
+      <c r="L81" s="59" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" s="21" customFormat="1" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="9" t="s">
         <v>387</v>
-      </c>
-[...9 lines deleted...]
-        <v>396</v>
       </c>
       <c r="B82" s="9">
         <v>53</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="D82" s="9">
         <v>1</v>
       </c>
       <c r="E82" s="9">
         <v>2024</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="G82" s="9" t="s">
         <v>20</v>
       </c>
       <c r="H82" s="9" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I82" s="9" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="J82" s="9" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="K82" s="11" t="s">
-        <v>628</v>
-[...5 lines deleted...]
-    <row r="83" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>616</v>
+      </c>
+      <c r="L82" s="59" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="5" t="s">
-        <v>576</v>
+        <v>564</v>
       </c>
       <c r="B83" s="5">
         <v>54</v>
       </c>
       <c r="C83" s="5"/>
       <c r="D83" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E83" s="5">
         <v>2024</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G83" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H83" s="9" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>577</v>
-[...8 lines deleted...]
-    <row r="84" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>565</v>
+      </c>
+      <c r="K83" s="38" t="s">
+        <v>617</v>
+      </c>
+      <c r="L83" s="60" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B84" s="7">
         <v>1</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D84" s="7">
         <v>6</v>
       </c>
       <c r="E84" s="7">
         <v>2022</v>
       </c>
       <c r="F84" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H84" s="7" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="I84" s="7" t="s">
-        <v>424</v>
+        <v>414</v>
       </c>
       <c r="J84" s="7" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="K84" s="10" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="L84" s="26" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="5" t="s">
-        <v>536</v>
+        <v>525</v>
       </c>
       <c r="B85" s="5">
         <v>55</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E85" s="5">
         <v>2023</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="G85" s="5" t="s">
         <v>39</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>435</v>
-[...8 lines deleted...]
-    <row r="86" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>425</v>
+      </c>
+      <c r="K85" s="38" t="s">
+        <v>526</v>
+      </c>
+      <c r="L85" s="61" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="8" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B86" s="5">
         <v>20</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>552</v>
+        <v>540</v>
       </c>
       <c r="D86" s="5">
         <v>1</v>
       </c>
       <c r="E86" s="5">
         <v>2021</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G86" s="5" t="s">
         <v>39</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>558</v>
+        <v>546</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>556</v>
-[...8 lines deleted...]
-    <row r="87" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>544</v>
+      </c>
+      <c r="K86" s="38" t="s">
+        <v>542</v>
+      </c>
+      <c r="L86" s="60" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="8" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="B87" s="5">
         <v>20</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>551</v>
+        <v>539</v>
       </c>
       <c r="D87" s="5">
         <v>2</v>
       </c>
       <c r="E87" s="5">
         <v>2021</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>553</v>
+        <v>541</v>
       </c>
       <c r="G87" s="5" t="s">
         <v>39</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>559</v>
+        <v>547</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>557</v>
-[...10 lines deleted...]
-        <v>232</v>
+        <v>545</v>
+      </c>
+      <c r="K87" s="38" t="s">
+        <v>543</v>
+      </c>
+      <c r="L87" s="60" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="38" t="s">
+        <v>224</v>
       </c>
       <c r="B88" s="5">
         <v>56</v>
       </c>
-      <c r="C88" s="39" t="s">
-        <v>63</v>
+      <c r="C88" s="38" t="s">
+        <v>62</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E88" s="5">
         <v>2021</v>
       </c>
       <c r="F88" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J88" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="G88" s="5" t="s">
-[...20 lines deleted...]
-        <v>233</v>
+      <c r="K88" s="38" t="s">
+        <v>619</v>
+      </c>
+      <c r="L88" s="62" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="38" t="s">
+        <v>225</v>
       </c>
       <c r="B89" s="5">
         <v>57</v>
       </c>
-      <c r="C89" s="39" t="s">
-        <v>63</v>
+      <c r="C89" s="38" t="s">
+        <v>62</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E89" s="5">
         <v>2021</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="G89" s="5" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>179</v>
-[...10 lines deleted...]
-        <v>232</v>
+        <v>171</v>
+      </c>
+      <c r="K89" s="38" t="s">
+        <v>620</v>
+      </c>
+      <c r="L89" s="60" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="38" t="s">
+        <v>224</v>
       </c>
       <c r="B90" s="5">
         <v>56</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>155</v>
+        <v>147</v>
       </c>
       <c r="D90" s="5">
         <v>1</v>
       </c>
       <c r="E90" s="5">
         <v>2014</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>156</v>
+        <v>148</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>37</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>158</v>
-[...8 lines deleted...]
-    <row r="91" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>150</v>
+      </c>
+      <c r="K90" s="38" t="s">
+        <v>551</v>
+      </c>
+      <c r="L90" s="60" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B91" s="7">
         <v>1</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="D91" s="7">
         <v>7</v>
       </c>
       <c r="E91" s="7">
         <v>2022</v>
       </c>
       <c r="F91" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H91" s="7" t="s">
-        <v>423</v>
+        <v>413</v>
       </c>
       <c r="I91" s="7" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="J91" s="7" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="K91" s="10" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
       <c r="L91" s="26" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B92" s="7">
         <v>6</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
       <c r="D92" s="5">
         <v>1</v>
       </c>
       <c r="E92" s="7">
         <v>2023</v>
       </c>
       <c r="F92" s="7" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H92" s="7" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I92" s="7" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="J92" s="7" t="s">
-        <v>387</v>
-[...8 lines deleted...]
-    <row r="93" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>378</v>
+      </c>
+      <c r="K92" s="38" t="s">
+        <v>662</v>
+      </c>
+      <c r="L92" s="60" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B93" s="7">
         <v>6</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>676</v>
+        <v>664</v>
       </c>
       <c r="D93" s="5">
         <v>2</v>
       </c>
       <c r="E93" s="5">
         <v>2023</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>132</v>
+      </c>
+      <c r="G93" s="38" t="s">
+        <v>563</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>174</v>
-[...8 lines deleted...]
-    <row r="94" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>166</v>
+      </c>
+      <c r="K93" s="38" t="s">
+        <v>663</v>
+      </c>
+      <c r="L93" s="60" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B94" s="9">
         <v>7</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>1057</v>
+        <v>950</v>
       </c>
       <c r="D94" s="5">
         <v>1</v>
       </c>
       <c r="E94" s="5">
         <v>2016</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>1058</v>
+        <v>951</v>
       </c>
       <c r="G94" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>1063</v>
+        <v>956</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>1026</v>
+        <v>920</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>1059</v>
-[...8 lines deleted...]
-    <row r="95" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>952</v>
+      </c>
+      <c r="K94" s="38" t="s">
+        <v>953</v>
+      </c>
+      <c r="L94" s="61" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B95" s="9">
         <v>7</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>1061</v>
+        <v>954</v>
       </c>
       <c r="D95" s="5">
         <v>2</v>
       </c>
       <c r="E95" s="5">
         <v>2020</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>1062</v>
+        <v>955</v>
       </c>
       <c r="G95" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>1063</v>
+        <v>956</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>1026</v>
+        <v>920</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>1067</v>
-[...8 lines deleted...]
-    <row r="96" spans="1:13" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>960</v>
+      </c>
+      <c r="K95" s="38" t="s">
+        <v>959</v>
+      </c>
+      <c r="L95" s="61" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="5" t="s">
-        <v>1070</v>
+        <v>963</v>
       </c>
       <c r="B96" s="5">
         <v>58</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E96" s="5">
         <v>2019</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>1071</v>
+        <v>964</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>1072</v>
+        <v>965</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>1074</v>
+        <v>967</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>1073</v>
-[...11 lines deleted...]
-    <row r="97" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>966</v>
+      </c>
+      <c r="K96" s="38" t="s">
+        <v>976</v>
+      </c>
+      <c r="L96" s="61" t="s">
+        <v>962</v>
+      </c>
+      <c r="M96" s="37" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="97" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="5" t="s">
-        <v>1077</v>
+        <v>970</v>
       </c>
       <c r="B97" s="5">
         <v>59</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E97" s="5">
         <v>2020</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>1078</v>
+        <v>971</v>
       </c>
       <c r="G97" s="5" t="s">
         <v>39</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>1080</v>
+        <v>973</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>1079</v>
-[...8 lines deleted...]
-    <row r="98" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>972</v>
+      </c>
+      <c r="K97" s="38" t="s">
+        <v>968</v>
+      </c>
+      <c r="L97" s="60" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="5" t="s">
-        <v>1081</v>
+        <v>974</v>
       </c>
       <c r="B98" s="5">
         <v>60</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>1026</v>
+        <v>920</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>1026</v>
+        <v>920</v>
       </c>
       <c r="E98" s="5">
         <v>2021</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>1082</v>
+        <v>975</v>
       </c>
       <c r="G98" s="5" t="s">
         <v>39</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>1084</v>
+        <v>977</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>1026</v>
+        <v>920</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>174</v>
-[...9 lines deleted...]
-      <c r="A99" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="K98" s="38" t="s">
+        <v>979</v>
+      </c>
+      <c r="L98" s="61" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="99" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B99" s="5">
         <v>16</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>1112</v>
+        <v>1004</v>
       </c>
       <c r="D99">
         <v>1</v>
       </c>
       <c r="E99" s="5">
         <v>2022</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G99" s="5" t="s">
         <v>39</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>1107</v>
+        <v>999</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>1108</v>
+        <v>1000</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-        <v>1111</v>
+        <v>1001</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>1003</v>
       </c>
       <c r="L99" s="25" t="s">
-        <v>1110</v>
-[...6 lines deleted...]
-      <c r="B100" s="67">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="65" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B100" s="64">
         <v>61</v>
       </c>
-      <c r="C100" s="68" t="s">
-[...5 lines deleted...]
-      <c r="E100" s="67">
+      <c r="C100" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D100" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E100" s="64">
         <v>2025</v>
       </c>
-      <c r="F100" s="68" t="s">
-[...21 lines deleted...]
-    <row r="101" spans="1:12" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F100" s="65" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G100" s="65" t="s">
+        <v>120</v>
+      </c>
+      <c r="H100" s="65" t="s">
+        <v>1010</v>
+      </c>
+      <c r="I100" s="65" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J100" s="65" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K100" s="65" t="s">
+        <v>1424</v>
+      </c>
+      <c r="L100" s="66" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="101" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B101" s="7">
         <v>2</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>1490</v>
+        <v>1353</v>
       </c>
       <c r="D101">
         <v>1</v>
       </c>
       <c r="E101" s="5">
         <v>2025</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>1489</v>
+        <v>1352</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="H101" s="5" t="s">
         <v>8</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J101" s="7" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>1494</v>
+        <v>65</v>
+      </c>
+      <c r="K101" s="5" t="s">
+        <v>1357</v>
       </c>
       <c r="L101" s="25" t="s">
-        <v>1488</v>
-[...6 lines deleted...]
-      <c r="B102" s="65">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="102" spans="1:12" ht="115" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B102" s="5">
         <v>62</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D102" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E102" s="5">
         <v>2025</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="G102" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>1493</v>
+        <v>1356</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>62</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>425</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>1495</v>
+        <v>1358</v>
       </c>
       <c r="L102" s="25" t="s">
-        <v>1492</v>
-[...2 lines deleted...]
-    <row r="1048558" spans="9:9" ht="114.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="1048558" spans="9:9" ht="115" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I1048558" s="5"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="L22" r:id="rId1" display="https://www.meti.go.jp/english/policy/0704_001.pdf" xr:uid="{4E0D7649-6ECE-4AF3-ACBC-51ACE626DF95}"/>
     <hyperlink ref="L15" r:id="rId2" xr:uid="{E4AEFD41-3ABF-43BA-8B29-8C95ED423314}"/>
     <hyperlink ref="L13" r:id="rId3" xr:uid="{1529EF07-5F33-44A1-917E-84FB46EBB8C0}"/>
     <hyperlink ref="L12" r:id="rId4" xr:uid="{BD6AD679-8C0D-4FE9-9917-3FF8597D17B7}"/>
     <hyperlink ref="L10" r:id="rId5" xr:uid="{7714F2FF-5B51-4237-8175-42973585671A}"/>
     <hyperlink ref="L24" r:id="rId6" xr:uid="{3D9898B5-5946-4059-B4A9-8378B1EF3AC4}"/>
     <hyperlink ref="L28" r:id="rId7" xr:uid="{79A6C0F2-95F2-4F2F-AB4A-EEBCA8B25451}"/>
     <hyperlink ref="L33" r:id="rId8" xr:uid="{48E7180D-1711-4D35-A85E-46FB214AC71B}"/>
     <hyperlink ref="L62" r:id="rId9" display="https://www.lawplusltd.com/wp-content/uploads/kalins-pdf/singles/eastern-economic-corridor-act-b-e-2561-thailand.pdf?" xr:uid="{3EC4F969-FDCB-4DE7-91C2-2936FD413115}"/>
     <hyperlink ref="L64" r:id="rId10" xr:uid="{80FBC17B-5859-4A2C-BE38-48936F405CA4}"/>
     <hyperlink ref="L70" r:id="rId11" xr:uid="{DFFC94B2-1043-43E7-A140-42BA3947CEF7}"/>
     <hyperlink ref="L72" r:id="rId12" xr:uid="{20FBF98D-8A49-4CFF-9632-C72A0F07F63E}"/>
     <hyperlink ref="L75" r:id="rId13" xr:uid="{8790A055-8E2F-4DFB-96F4-40244EBA3AF4}"/>
     <hyperlink ref="L76" r:id="rId14" xr:uid="{6F604599-2DA5-4379-ABC9-E196A5D8495D}"/>
     <hyperlink ref="L73" r:id="rId15" xr:uid="{733696CF-1194-453A-B59D-965D469C3B1A}"/>
     <hyperlink ref="L78" r:id="rId16" xr:uid="{A83074B1-67B2-4A13-ABC1-A8B42734B856}"/>
     <hyperlink ref="L79" r:id="rId17" xr:uid="{1D74F6C5-961B-4721-BF1C-D93935E1AC62}"/>
     <hyperlink ref="L80" r:id="rId18" xr:uid="{D8F3829B-04CF-4896-81D3-06665431AE63}"/>
     <hyperlink ref="L82" r:id="rId19" xr:uid="{A5881128-C93F-452F-9875-75B2A1355A2B}"/>
     <hyperlink ref="L81" r:id="rId20" xr:uid="{408A7CA5-F16D-4F62-A1ED-95940E2191CE}"/>
     <hyperlink ref="L85" r:id="rId21" xr:uid="{B1B668DA-FE5D-48A5-A948-7C7245C44287}"/>
     <hyperlink ref="M96" r:id="rId22" xr:uid="{68F3C9EA-E9A3-2C4B-8241-BE773A7A921E}"/>
     <hyperlink ref="L96" r:id="rId23" xr:uid="{7D55E59B-F42B-7D4B-9805-C79760B18EDB}"/>
     <hyperlink ref="L98" r:id="rId24" display="https://www5.cao.go.jp/keizai1/keizaitaisaku/2021/20211119_economic_measures_all.pdf" xr:uid="{96FB9B5C-74F7-D14B-BC82-4B766EFF7657}"/>
-    <hyperlink ref="L100" r:id="rId25" xr:uid="{0113DD38-E827-4772-8A0D-3E21CB7D82EC}"/>
+    <hyperlink ref="L100" r:id="rId25" display="https://www.mk.co.kr/en/economy/11493849" xr:uid="{0113DD38-E827-4772-8A0D-3E21CB7D82EC}"/>
+    <hyperlink ref="L20" r:id="rId26" display="https://www.jetro.go.jp/ext_images/invest/ijre/report2022/" xr:uid="{DF27E31A-0EE1-4C8F-8D17-0B0821B2D29E}"/>
+    <hyperlink ref="L61" r:id="rId27" xr:uid="{21483313-CE24-C044-9F6C-8387EF8A8415}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1ADAC8D-4EFE-3644-B0BE-A84944283A16}">
   <dimension ref="A1:T249"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A226" zoomScale="62" zoomScaleNormal="62" workbookViewId="0">
-      <selection activeCell="A250" sqref="A250"/>
+    <sheetView showGridLines="0" topLeftCell="A136" zoomScale="62" zoomScaleNormal="62" workbookViewId="0">
+      <selection activeCell="I147" sqref="I147"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.625" defaultRowHeight="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="40" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
-    <col min="2" max="2" width="13.875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.875" customWidth="1"/>
+    <col min="2" max="2" width="13.83203125" customWidth="1"/>
+    <col min="3" max="3" width="49.6640625" customWidth="1"/>
+    <col min="4" max="4" width="13.83203125" customWidth="1"/>
     <col min="5" max="5" width="32.5" customWidth="1"/>
-    <col min="6" max="6" width="19.875" customWidth="1"/>
-    <col min="7" max="8" width="20.875" customWidth="1"/>
+    <col min="6" max="6" width="19.83203125" customWidth="1"/>
+    <col min="7" max="8" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="14.5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="25.5" customWidth="1"/>
     <col min="12" max="12" width="42.5" customWidth="1"/>
-    <col min="13" max="13" width="32.625" customWidth="1"/>
-    <col min="14" max="14" width="91.25" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="32.6640625" customWidth="1"/>
+    <col min="14" max="14" width="91.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="C1" s="3" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="D1" s="3" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="E1" s="3" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="F1" s="3" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="M1" s="3" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="N1" s="4" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="O1" s="17"/>
     </row>
-    <row r="2" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="29" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B2" s="13">
         <v>25</v>
       </c>
       <c r="C2" s="13" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D2" s="13" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E2" s="13" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="F2" s="13">
         <v>1</v>
       </c>
       <c r="G2" s="13">
         <v>2023</v>
       </c>
       <c r="H2" s="13" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="I2" s="13" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="J2" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K2" s="13" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="L2" s="13" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M2" s="13" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="N2" s="13" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="31" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B3" s="14">
         <v>25</v>
       </c>
       <c r="C3" s="14" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D3" s="14" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E3" s="14" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="F3" s="14">
         <v>2</v>
       </c>
       <c r="G3" s="14">
         <v>2023</v>
       </c>
       <c r="H3" s="14" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I3" s="14" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="J3" s="14" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="K3" s="14" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="L3" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M3" s="14" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="N3" s="13" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="31" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B4" s="14">
         <v>25</v>
       </c>
       <c r="C4" s="14" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D4" s="14" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E4" s="14" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="F4" s="14">
         <v>3</v>
       </c>
       <c r="G4" s="14">
         <v>2024</v>
       </c>
       <c r="H4" s="14" t="s">
-        <v>1129</v>
+        <v>1018</v>
       </c>
       <c r="I4" s="14" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
       <c r="J4" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="14" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="L4" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M4" s="14" t="s">
-        <v>487</v>
+        <v>476</v>
       </c>
       <c r="N4" s="13" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="31" t="s">
-        <v>1087</v>
+        <v>980</v>
       </c>
       <c r="B5" s="14">
         <v>28</v>
       </c>
       <c r="C5" s="28" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D5" s="28" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E5" s="14" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="F5" s="14">
         <v>1</v>
       </c>
       <c r="G5" s="14">
         <v>2023</v>
       </c>
       <c r="H5" s="14" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="I5" s="14" t="s">
-        <v>569</v>
+        <v>557</v>
       </c>
       <c r="J5" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="14" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="L5" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M5" s="14" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="N5" s="13" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      <c r="A6" s="32" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B6" s="7">
+        <v>15</v>
+      </c>
+      <c r="C6" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B6" s="1">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="D6" s="7">
+        <v>1</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>1030</v>
+        <v>924</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
       <c r="G6" s="1">
         <v>2021</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="K6" s="33" t="s">
+      <c r="K6" s="32" t="s">
         <v>42</v>
       </c>
-      <c r="L6" s="33" t="s">
+      <c r="L6" s="32" t="s">
         <v>40</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>489</v>
+        <v>478</v>
       </c>
       <c r="N6" s="13" t="s">
-        <v>236</v>
-[...3 lines deleted...]
-      <c r="A7" s="29" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B7" s="7">
+        <v>15</v>
+      </c>
+      <c r="C7" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B7" s="13">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="D7" s="7">
+        <v>1</v>
       </c>
       <c r="E7" s="13" t="s">
-        <v>1031</v>
+        <v>925</v>
       </c>
       <c r="F7" s="13">
         <v>2</v>
       </c>
       <c r="G7" s="13">
         <v>2024</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K7" s="34" t="s">
+      <c r="K7" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="L7" s="34" t="s">
+      <c r="L7" s="33" t="s">
         <v>40</v>
       </c>
       <c r="M7" s="13" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="N7" s="30" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      <c r="A8" s="29" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B8" s="7">
+        <v>15</v>
+      </c>
+      <c r="C8" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B8" s="13">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="D8" s="7">
+        <v>1</v>
       </c>
       <c r="E8" s="13" t="s">
-        <v>1092</v>
+        <v>985</v>
       </c>
       <c r="F8" s="13">
         <v>3</v>
       </c>
       <c r="G8" s="13">
         <v>2024</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K8" s="34" t="s">
+      <c r="K8" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="L8" s="34" t="s">
+      <c r="L8" s="33" t="s">
         <v>44</v>
       </c>
       <c r="M8" s="13" t="s">
-        <v>491</v>
-[...6 lines deleted...]
-      <c r="A9" s="29" t="s">
+        <v>480</v>
+      </c>
+      <c r="N8" s="49" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B9" s="7">
+        <v>15</v>
+      </c>
+      <c r="C9" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="B9" s="13">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="D9" s="7">
+        <v>2</v>
       </c>
       <c r="E9" s="13" t="s">
-        <v>1052</v>
+        <v>945</v>
       </c>
       <c r="F9" s="13">
         <v>1</v>
       </c>
       <c r="G9" s="13">
         <v>2022</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>238</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>230</v>
+      </c>
+      <c r="K9" s="33" t="s">
+        <v>944</v>
+      </c>
+      <c r="L9" s="33" t="s">
+        <v>1361</v>
       </c>
       <c r="M9" s="13" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="N9" s="30" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="29" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="B10" s="13">
         <v>41</v>
       </c>
       <c r="C10" s="13" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D10" s="13" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E10" s="13" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="F10" s="13">
         <v>1</v>
       </c>
       <c r="G10" s="13">
         <v>2025</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>266</v>
-[...5 lines deleted...]
-        <v>303</v>
+        <v>258</v>
+      </c>
+      <c r="K10" s="33" t="s">
+        <v>294</v>
+      </c>
+      <c r="L10" s="33" t="s">
+        <v>295</v>
       </c>
       <c r="M10" s="13" t="s">
-        <v>493</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>482</v>
+      </c>
+      <c r="N10" s="36" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="29" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="13">
         <v>1</v>
       </c>
       <c r="C11" s="13" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D11" s="13">
         <v>3</v>
       </c>
       <c r="E11" s="13" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="F11" s="13">
         <v>1</v>
       </c>
       <c r="G11" s="13">
         <v>2024</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K11" s="34" t="s">
-[...3 lines deleted...]
-        <v>410</v>
+      <c r="K11" s="33" t="s">
+        <v>394</v>
+      </c>
+      <c r="L11" s="33" t="s">
+        <v>639</v>
       </c>
       <c r="M11" s="13" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="N11" s="13" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="29" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="13">
         <v>1</v>
       </c>
       <c r="C12" s="13" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="D12" s="13">
         <v>3</v>
       </c>
       <c r="E12" s="13" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="F12" s="13">
         <v>2</v>
       </c>
       <c r="G12" s="13">
         <v>2024</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K12" s="34" t="s">
-[...3 lines deleted...]
-        <v>415</v>
+      <c r="K12" s="33" t="s">
+        <v>351</v>
+      </c>
+      <c r="L12" s="33" t="s">
+        <v>405</v>
       </c>
       <c r="M12" s="13" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>484</v>
+      </c>
+      <c r="N12" s="36" t="s">
+        <v>404</v>
       </c>
       <c r="O12" s="16"/>
     </row>
-    <row r="13" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="29" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="13">
         <v>1</v>
       </c>
       <c r="C13" s="13" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="D13" s="13">
         <v>2</v>
       </c>
       <c r="E13" s="13" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="F13" s="13">
         <v>1</v>
       </c>
       <c r="G13" s="13">
         <v>2024</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K13" s="34" t="s">
-[...3 lines deleted...]
-        <v>358</v>
+      <c r="K13" s="33" t="s">
+        <v>400</v>
+      </c>
+      <c r="L13" s="33" t="s">
+        <v>349</v>
       </c>
       <c r="M13" s="13" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="N13" s="13" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="29" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="13">
         <v>1</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="D14" s="13">
         <v>2</v>
       </c>
       <c r="E14" s="13" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="F14" s="13">
         <v>2</v>
       </c>
       <c r="G14" s="13">
         <v>2024</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>266</v>
-[...5 lines deleted...]
-        <v>174</v>
+        <v>258</v>
+      </c>
+      <c r="K14" s="33" t="s">
+        <v>401</v>
+      </c>
+      <c r="L14" s="33" t="s">
+        <v>166</v>
       </c>
       <c r="M14" s="13" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="N14" s="13" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="31" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="14">
         <v>1</v>
       </c>
       <c r="C15" s="14" t="str">
         <f>'Project Sheet'!C73</f>
         <v>CHIPS Manufacturing USA Institute</v>
       </c>
       <c r="D15" s="14">
         <f>'Project Sheet'!D73</f>
         <v>5</v>
       </c>
       <c r="E15" s="14" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="F15" s="14">
         <v>1</v>
       </c>
       <c r="G15" s="14">
         <v>2024</v>
       </c>
       <c r="H15" s="14" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="I15" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J15" s="14" t="s">
-        <v>266</v>
-[...5 lines deleted...]
-        <v>419</v>
+        <v>258</v>
+      </c>
+      <c r="K15" s="34" t="s">
+        <v>408</v>
+      </c>
+      <c r="L15" s="34" t="s">
+        <v>409</v>
       </c>
       <c r="M15" s="14" t="s">
-        <v>498</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:15" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>487</v>
+      </c>
+      <c r="N15" s="35" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="9">
         <v>1</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D16" s="9">
         <v>6</v>
       </c>
       <c r="E16" s="13" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="F16" s="13">
         <v>1</v>
       </c>
       <c r="G16" s="9">
         <v>2024</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="I16" s="13" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="K16" s="34" t="s">
-[...3 lines deleted...]
-        <v>181</v>
+      <c r="K16" s="33" t="s">
+        <v>415</v>
+      </c>
+      <c r="L16" s="33" t="s">
+        <v>173</v>
       </c>
       <c r="M16" s="13" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="N16" s="13" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B17" s="14">
         <v>1</v>
       </c>
       <c r="C17" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D17" s="14">
         <v>6</v>
       </c>
       <c r="E17" s="14" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="F17" s="14">
         <v>2</v>
       </c>
       <c r="G17" s="14">
         <v>2024</v>
       </c>
       <c r="H17" s="14" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I17" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J17" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K17" s="14" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="L17" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M17" s="14" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="N17" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="14">
         <v>1</v>
       </c>
       <c r="C18" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D18" s="14">
         <v>6</v>
       </c>
       <c r="E18" s="14" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="F18" s="14">
         <v>3</v>
       </c>
       <c r="G18" s="14">
         <v>2024</v>
       </c>
       <c r="H18" s="14" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="I18" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J18" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K18" s="14" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="L18" s="14" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="M18" s="14" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="N18" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B19" s="13">
         <v>1</v>
       </c>
       <c r="C19" s="13" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D19" s="13">
         <v>6</v>
       </c>
       <c r="E19" s="13" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="F19" s="13">
         <v>4</v>
       </c>
       <c r="G19" s="13">
         <v>2024</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="I19" s="13" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K19" s="13" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="L19" s="13" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="M19" s="13" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
       <c r="N19" s="13" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="14">
         <v>1</v>
       </c>
       <c r="C20" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D20" s="14">
         <v>6</v>
       </c>
       <c r="E20" s="14" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="F20" s="14">
         <v>5</v>
       </c>
       <c r="G20" s="14">
         <v>2024</v>
       </c>
       <c r="H20" s="14" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="I20" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J20" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K20" s="14" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="L20" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M20" s="14" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="N20" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B21" s="14">
         <v>1</v>
       </c>
       <c r="C21" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D21" s="14">
         <v>6</v>
       </c>
       <c r="E21" s="14" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="F21" s="14">
         <v>6</v>
       </c>
       <c r="G21" s="14">
         <v>2024</v>
       </c>
       <c r="H21" s="14" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="I21" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J21" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K21" s="14" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="L21" s="14" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="M21" s="14" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="N21" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="14">
         <v>1</v>
       </c>
       <c r="C22" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D22" s="14">
         <v>6</v>
       </c>
       <c r="E22" s="14" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="F22" s="14">
         <v>7</v>
       </c>
       <c r="G22" s="14">
         <v>2024</v>
       </c>
       <c r="H22" s="14" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I22" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J22" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K22" s="14" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="L22" s="14" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="M22" s="14" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
       <c r="N22" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B23" s="14">
         <v>1</v>
       </c>
       <c r="C23" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D23" s="14">
         <v>6</v>
       </c>
       <c r="E23" s="14" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="F23" s="14">
         <v>8</v>
       </c>
       <c r="G23" s="14">
         <v>2024</v>
       </c>
       <c r="H23" s="14" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="I23" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J23" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K23" s="14" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="L23" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M23" s="14" t="s">
-        <v>506</v>
+        <v>495</v>
       </c>
       <c r="N23" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="14">
         <v>1</v>
       </c>
       <c r="C24" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D24" s="14">
         <v>6</v>
       </c>
       <c r="E24" s="14" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="F24" s="14">
         <v>9</v>
       </c>
       <c r="G24" s="14">
         <v>2024</v>
       </c>
       <c r="H24" s="14" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="I24" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J24" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K24" s="14" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="L24" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M24" s="14" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="N24" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="14">
         <v>1</v>
       </c>
       <c r="C25" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D25" s="14">
         <v>6</v>
       </c>
       <c r="E25" s="14" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="F25" s="14">
         <v>10</v>
       </c>
       <c r="G25" s="14">
         <v>2024</v>
       </c>
       <c r="H25" s="14" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="I25" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J25" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K25" s="14" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="L25" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M25" s="14" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="N25" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B26" s="14">
         <v>1</v>
       </c>
       <c r="C26" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D26" s="14">
         <v>6</v>
       </c>
       <c r="E26" s="14" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="F26" s="14">
         <v>11</v>
       </c>
       <c r="G26" s="14">
         <v>2024</v>
       </c>
       <c r="H26" s="14" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="I26" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J26" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K26" s="14" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="L26" s="14" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="M26" s="14" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="N26" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B27" s="14">
         <v>1</v>
       </c>
       <c r="C27" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D27" s="14">
         <v>6</v>
       </c>
       <c r="E27" s="14" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="F27" s="14">
         <v>12</v>
       </c>
       <c r="G27" s="14">
         <v>2024</v>
       </c>
       <c r="H27" s="14" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="I27" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J27" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K27" s="14" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="L27" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M27" s="14" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="N27" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="14">
         <v>1</v>
       </c>
       <c r="C28" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D28" s="14">
         <v>6</v>
       </c>
       <c r="E28" s="14" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="F28" s="14">
         <v>13</v>
       </c>
       <c r="G28" s="14">
         <v>2024</v>
       </c>
       <c r="H28" s="14" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="I28" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J28" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K28" s="14" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="L28" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M28" s="14" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="N28" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="14">
         <v>1</v>
       </c>
       <c r="C29" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D29" s="14">
         <v>6</v>
       </c>
       <c r="E29" s="14" t="s">
-        <v>662</v>
+        <v>650</v>
       </c>
       <c r="F29" s="14">
         <v>14</v>
       </c>
       <c r="G29" s="14">
         <v>2024</v>
       </c>
       <c r="H29" s="14" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="I29" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J29" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K29" s="14" t="s">
-        <v>660</v>
+        <v>648</v>
       </c>
       <c r="L29" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M29" s="14" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="N29" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B30" s="14">
         <v>1</v>
       </c>
       <c r="C30" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D30" s="14">
         <v>6</v>
       </c>
       <c r="E30" s="14" t="s">
-        <v>661</v>
+        <v>649</v>
       </c>
       <c r="F30" s="14">
         <v>15</v>
       </c>
       <c r="G30" s="14">
         <v>2024</v>
       </c>
       <c r="H30" s="14" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="I30" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J30" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K30" s="14" t="s">
-        <v>660</v>
+        <v>648</v>
       </c>
       <c r="L30" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M30" s="14" t="s">
-        <v>663</v>
+        <v>651</v>
       </c>
       <c r="N30" s="14" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B31" s="14">
         <v>1</v>
       </c>
       <c r="C31" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D31" s="14">
         <v>6</v>
       </c>
       <c r="E31" s="14" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="F31" s="14">
         <v>16</v>
       </c>
       <c r="G31" s="14">
         <v>2024</v>
       </c>
       <c r="H31" s="14" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="I31" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J31" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K31" s="14" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="L31" s="14" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="M31" s="14" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="14">
         <v>1</v>
       </c>
       <c r="C32" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D32" s="14">
         <v>6</v>
       </c>
       <c r="E32" s="14" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="F32" s="14">
         <v>17</v>
       </c>
       <c r="G32" s="14">
         <v>2024</v>
       </c>
       <c r="H32" s="14" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="I32" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J32" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K32" s="14" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="L32" s="14" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="M32" s="14" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B33" s="14">
         <v>1</v>
       </c>
       <c r="C33" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D33" s="14">
         <v>6</v>
       </c>
       <c r="E33" s="14" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="F33" s="14">
         <v>18</v>
       </c>
       <c r="G33" s="14">
         <v>2024</v>
       </c>
       <c r="H33" s="14" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="I33" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J33" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K33" s="14" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="L33" s="14" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="M33" s="14" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B34" s="14">
         <v>1</v>
       </c>
       <c r="C34" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D34" s="14">
         <v>6</v>
       </c>
       <c r="E34" s="14" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="F34" s="14">
         <v>19</v>
       </c>
       <c r="G34" s="14">
         <v>2024</v>
       </c>
       <c r="H34" s="14" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I34" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J34" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K34" s="14" t="s">
-        <v>428</v>
+        <v>418</v>
       </c>
       <c r="L34" s="14" t="s">
-        <v>483</v>
+        <v>173</v>
       </c>
       <c r="M34" s="14" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B35" s="14">
         <v>1</v>
       </c>
       <c r="C35" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D35" s="14">
         <v>6</v>
       </c>
       <c r="E35" s="14" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="F35" s="14">
         <v>20</v>
       </c>
       <c r="G35" s="14">
         <v>2024</v>
       </c>
       <c r="H35" s="14" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="I35" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J35" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K35" s="14" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="L35" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M35" s="14" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="14">
         <v>1</v>
       </c>
       <c r="C36" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D36" s="14">
         <v>6</v>
       </c>
       <c r="E36" s="14" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="F36" s="14">
         <v>21</v>
       </c>
       <c r="G36" s="14">
         <v>2024</v>
       </c>
       <c r="H36" s="14" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="I36" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J36" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K36" s="14" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="L36" s="14" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="M36" s="14" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B37" s="14">
         <v>1</v>
       </c>
       <c r="C37" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D37" s="14">
         <v>6</v>
       </c>
       <c r="E37" s="14" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="F37" s="14">
         <v>22</v>
       </c>
       <c r="G37" s="14">
         <v>2023</v>
       </c>
       <c r="H37" s="14" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="I37" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J37" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K37" s="14" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="L37" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M37" s="14" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B38" s="14">
         <v>1</v>
       </c>
       <c r="C38" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D38" s="14">
         <v>6</v>
       </c>
       <c r="E38" s="14" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="F38" s="14">
         <v>23</v>
       </c>
       <c r="G38" s="14">
         <v>2024</v>
       </c>
       <c r="H38" s="14" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="I38" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J38" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K38" s="14" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="L38" s="14" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="M38" s="14" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B39" s="14">
         <v>1</v>
       </c>
       <c r="C39" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D39" s="14">
         <v>6</v>
       </c>
       <c r="E39" s="14" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="F39" s="14">
         <v>24</v>
       </c>
       <c r="G39" s="14">
         <v>2024</v>
       </c>
       <c r="H39" s="14" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I39" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J39" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K39" s="14" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="L39" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M39" s="14" t="s">
-        <v>521</v>
+        <v>510</v>
       </c>
       <c r="N39" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B40" s="14">
         <v>1</v>
       </c>
       <c r="C40" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D40" s="14">
         <v>6</v>
       </c>
       <c r="E40" s="14" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="F40" s="14">
         <v>25</v>
       </c>
       <c r="G40" s="14">
         <v>2024</v>
       </c>
       <c r="H40" s="14" t="s">
-        <v>404</v>
+        <v>395</v>
       </c>
       <c r="I40" s="14" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J40" s="14" t="s">
         <v>37</v>
       </c>
       <c r="K40" s="14" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="L40" s="14" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M40" s="14" t="s">
-        <v>522</v>
+        <v>511</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B41" s="1">
         <v>1</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D41" s="1">
         <v>6</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>638</v>
+        <v>626</v>
       </c>
       <c r="F41" s="1">
         <v>26</v>
       </c>
       <c r="G41" s="1">
         <v>2025</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J41" s="1" t="s">
         <v>37</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="M41" t="s">
-        <v>640</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>628</v>
+      </c>
+      <c r="N41" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B42" s="13">
         <v>1</v>
       </c>
-      <c r="C42" s="45" t="s">
-[...2 lines deleted...]
-      <c r="D42" s="45">
+      <c r="C42" s="44" t="s">
+        <v>346</v>
+      </c>
+      <c r="D42" s="44">
         <v>2</v>
       </c>
-      <c r="E42" s="45" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="45">
+      <c r="E42" s="44" t="s">
+        <v>632</v>
+      </c>
+      <c r="F42" s="44">
         <v>3</v>
       </c>
-      <c r="G42" s="45">
+      <c r="G42" s="44">
         <v>2024</v>
       </c>
-      <c r="H42" s="45" t="s">
-[...21 lines deleted...]
-    <row r="43" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H42" s="44" t="s">
+        <v>282</v>
+      </c>
+      <c r="I42" s="44" t="s">
+        <v>563</v>
+      </c>
+      <c r="J42" s="44" t="s">
+        <v>258</v>
+      </c>
+      <c r="K42" s="44" t="s">
+        <v>633</v>
+      </c>
+      <c r="L42" s="44" t="s">
+        <v>166</v>
+      </c>
+      <c r="M42" s="45" t="s">
+        <v>634</v>
+      </c>
+      <c r="N42" s="45" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43">
         <v>1</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="D43">
         <v>2</v>
       </c>
       <c r="E43" t="s">
-        <v>647</v>
+        <v>635</v>
       </c>
       <c r="F43">
         <v>4</v>
       </c>
       <c r="G43">
         <v>2024</v>
       </c>
       <c r="H43" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I43" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J43" t="s">
         <v>37</v>
       </c>
       <c r="K43" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="L43" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="M43" t="s">
-        <v>648</v>
-[...5 lines deleted...]
-    <row r="44" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>636</v>
+      </c>
+      <c r="N43" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44">
         <v>1</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="D44">
         <v>2</v>
       </c>
       <c r="E44" t="s">
-        <v>649</v>
+        <v>637</v>
       </c>
       <c r="F44">
         <v>5</v>
       </c>
       <c r="G44">
         <v>2024</v>
       </c>
       <c r="H44" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I44" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J44" t="s">
         <v>37</v>
       </c>
       <c r="K44" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="L44" t="s">
-        <v>651</v>
+        <v>639</v>
       </c>
       <c r="M44" t="s">
-        <v>650</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>638</v>
+      </c>
+      <c r="N44" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45">
         <v>1</v>
       </c>
       <c r="C45" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D45" s="14">
         <v>6</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>652</v>
+        <v>640</v>
       </c>
       <c r="F45" s="1">
         <v>27</v>
       </c>
       <c r="G45" s="1">
         <v>2025</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J45" s="1" t="s">
         <v>37</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>653</v>
+        <v>641</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="M45" t="s">
-        <v>654</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>642</v>
+      </c>
+      <c r="N45" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46">
         <v>1</v>
       </c>
       <c r="C46" s="14" t="s">
-        <v>426</v>
+        <v>416</v>
       </c>
       <c r="D46" s="14">
         <v>6</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>655</v>
+        <v>643</v>
       </c>
       <c r="F46" s="1">
         <v>28</v>
       </c>
       <c r="G46" s="1">
         <v>2024</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J46" s="1" t="s">
         <v>37</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>657</v>
+        <v>645</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="M46" t="s">
-        <v>656</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>644</v>
+      </c>
+      <c r="N46" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47">
         <v>1</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="D47" s="1">
         <v>5</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>658</v>
+        <v>646</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
       <c r="G47" s="1">
         <v>2024</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K47" s="1" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>659</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>647</v>
+      </c>
+      <c r="N47" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48">
         <v>1</v>
       </c>
-      <c r="C48" s="41" t="s">
-[...2 lines deleted...]
-      <c r="D48" s="41">
+      <c r="C48" s="40" t="s">
+        <v>348</v>
+      </c>
+      <c r="D48" s="40">
         <v>3</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>664</v>
+        <v>652</v>
       </c>
       <c r="F48" s="1">
         <v>2</v>
       </c>
       <c r="G48" s="1">
         <v>2024</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>575</v>
+        <v>563</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K48" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="L48" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="M48" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="N48" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B49" s="41">
+        <v>6</v>
+      </c>
+      <c r="C49" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D49" s="41">
+        <v>1</v>
+      </c>
+      <c r="E49" s="41" t="s">
         <v>665</v>
       </c>
-      <c r="L48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M48" s="1" t="s">
+      <c r="F49" s="41">
+        <v>1</v>
+      </c>
+      <c r="G49" s="41">
+        <v>2024</v>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I49" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J49" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K49" s="41" t="s">
+        <v>672</v>
+      </c>
+      <c r="L49" s="41" t="s">
+        <v>697</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="N49" s="43" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B50" s="41">
+        <v>6</v>
+      </c>
+      <c r="C50" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D50" s="41">
+        <v>1</v>
+      </c>
+      <c r="E50" s="41" t="s">
         <v>666</v>
       </c>
-      <c r="N48" s="70" t="s">
+      <c r="F50" s="41">
+        <v>2</v>
+      </c>
+      <c r="G50" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I50" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J50" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K50" s="41" t="s">
+        <v>674</v>
+      </c>
+      <c r="L50" s="41" t="s">
+        <v>698</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="N50" s="43" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B51" s="41">
+        <v>6</v>
+      </c>
+      <c r="C51" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D51" s="41">
+        <v>1</v>
+      </c>
+      <c r="E51" s="41" t="s">
         <v>667</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="42" t="s">
+      <c r="F51" s="41">
+        <v>3</v>
+      </c>
+      <c r="G51" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I51" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J51" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K51" s="41" t="s">
+        <v>676</v>
+      </c>
+      <c r="L51" s="41" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="N51" s="43" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="41" t="s">
         <v>18</v>
       </c>
-      <c r="B49" s="42">
+      <c r="B52" s="41">
         <v>6</v>
       </c>
-      <c r="C49" s="42" t="s">
+      <c r="C52" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D52" s="41">
+        <v>1</v>
+      </c>
+      <c r="E52" s="41" t="s">
         <v>668</v>
       </c>
-      <c r="D49" s="42">
+      <c r="F52" s="41">
+        <v>4</v>
+      </c>
+      <c r="G52" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I52" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J52" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K52" s="41" t="s">
+        <v>678</v>
+      </c>
+      <c r="L52" s="41" t="s">
+        <v>425</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="N52" s="43" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B53" s="41">
+        <v>6</v>
+      </c>
+      <c r="C53" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D53" s="41">
         <v>1</v>
       </c>
-      <c r="E49" s="42" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="42">
+      <c r="E53" s="41" t="s">
+        <v>680</v>
+      </c>
+      <c r="F53" s="41">
+        <v>5</v>
+      </c>
+      <c r="G53" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I53" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J53" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K53" s="41" t="s">
+        <v>681</v>
+      </c>
+      <c r="L53" s="41" t="s">
+        <v>456</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="N53" s="43" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B54" s="41">
+        <v>6</v>
+      </c>
+      <c r="C54" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D54" s="41">
         <v>1</v>
       </c>
-      <c r="G49" s="42">
-[...11 lines deleted...]
-      <c r="K49" s="42" t="s">
+      <c r="E54" s="41" t="s">
+        <v>683</v>
+      </c>
+      <c r="F54" s="41">
+        <v>6</v>
+      </c>
+      <c r="G54" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I54" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J54" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K54" s="41" t="s">
         <v>684</v>
       </c>
-      <c r="L49" s="42" t="s">
+      <c r="L54" s="41" t="s">
+        <v>456</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="N54" s="43" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B55" s="41">
+        <v>6</v>
+      </c>
+      <c r="C55" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D55" s="41">
+        <v>1</v>
+      </c>
+      <c r="E55" s="41" t="s">
+        <v>686</v>
+      </c>
+      <c r="F55" s="41">
+        <v>7</v>
+      </c>
+      <c r="G55" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I55" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J55" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K55" s="41" t="s">
+        <v>687</v>
+      </c>
+      <c r="L55" s="41" t="s">
+        <v>285</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="N55" s="43" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B56" s="41">
+        <v>6</v>
+      </c>
+      <c r="C56" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D56" s="41">
+        <v>1</v>
+      </c>
+      <c r="E56" s="41" t="s">
+        <v>669</v>
+      </c>
+      <c r="F56" s="41">
+        <v>8</v>
+      </c>
+      <c r="G56" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I56" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J56" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K56" s="41" t="s">
+        <v>689</v>
+      </c>
+      <c r="L56" s="41" t="s">
+        <v>456</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="N56" s="43" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B57" s="41">
+        <v>6</v>
+      </c>
+      <c r="C57" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D57" s="41">
+        <v>1</v>
+      </c>
+      <c r="E57" s="41" t="s">
+        <v>670</v>
+      </c>
+      <c r="F57" s="41">
+        <v>9</v>
+      </c>
+      <c r="G57" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I57" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J57" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K57" s="41" t="s">
+        <v>691</v>
+      </c>
+      <c r="L57" s="41" t="s">
+        <v>285</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="N57" s="43" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B58" s="41">
+        <v>6</v>
+      </c>
+      <c r="C58" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D58" s="41">
+        <v>1</v>
+      </c>
+      <c r="E58" s="41" t="s">
+        <v>693</v>
+      </c>
+      <c r="F58" s="41">
+        <v>10</v>
+      </c>
+      <c r="G58" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I58" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J58" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K58" s="41" t="s">
+        <v>694</v>
+      </c>
+      <c r="L58" s="41" t="s">
+        <v>173</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="N58" s="43" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B59" s="41">
+        <v>6</v>
+      </c>
+      <c r="C59" s="41" t="s">
+        <v>656</v>
+      </c>
+      <c r="D59" s="41">
+        <v>1</v>
+      </c>
+      <c r="E59" s="41" t="s">
+        <v>671</v>
+      </c>
+      <c r="F59" s="41">
+        <v>11</v>
+      </c>
+      <c r="G59" s="41">
+        <v>2025</v>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I59" s="41" t="s">
+        <v>563</v>
+      </c>
+      <c r="J59" s="41" t="s">
+        <v>258</v>
+      </c>
+      <c r="K59" s="41" t="s">
+        <v>695</v>
+      </c>
+      <c r="L59" s="41" t="s">
+        <v>425</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="N59" s="43" t="s">
         <v>710</v>
       </c>
-      <c r="M49" s="5" t="s">
-[...446 lines deleted...]
-    <row r="60" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="60" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B60" s="5">
         <v>8</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D60" s="5">
         <v>1</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>770</v>
+        <v>750</v>
       </c>
       <c r="F60" s="5">
         <v>1</v>
       </c>
       <c r="G60" s="5">
         <v>2015</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>772</v>
+        <v>1378</v>
       </c>
       <c r="L60" s="5" t="s">
-        <v>773</v>
+        <v>173</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>774</v>
+        <v>752</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B61" s="5">
         <v>8</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D61" s="5">
         <v>1</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>731</v>
+        <v>711</v>
       </c>
       <c r="F61" s="5">
         <v>2</v>
       </c>
       <c r="G61" s="5">
         <v>2015</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>775</v>
+        <v>1379</v>
       </c>
       <c r="L61" s="5" t="s">
-        <v>776</v>
+        <v>1362</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>777</v>
+        <v>753</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B62" s="5">
         <v>8</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D62" s="5">
         <v>1</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>731</v>
+        <v>711</v>
       </c>
       <c r="F62" s="5">
         <v>3</v>
       </c>
       <c r="G62" s="5">
         <v>2015</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>778</v>
+        <v>889</v>
       </c>
       <c r="L62" s="5" t="s">
-        <v>779</v>
+        <v>1363</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>780</v>
+        <v>754</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B63" s="5">
         <v>8</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D63" s="5">
         <v>1</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="F63" s="5">
         <v>4</v>
       </c>
       <c r="G63" s="5">
         <v>2016</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>781</v>
+        <v>832</v>
       </c>
       <c r="L63" s="5" t="s">
-        <v>782</v>
+        <v>1364</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>783</v>
+        <v>755</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B64" s="5">
         <v>8</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D64" s="5">
         <v>1</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>784</v>
+        <v>756</v>
       </c>
       <c r="F64" s="5">
         <v>5</v>
       </c>
       <c r="G64" s="5">
         <v>2016</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>785</v>
+        <v>1380</v>
       </c>
       <c r="L64" s="5" t="s">
-        <v>786</v>
+        <v>173</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>787</v>
+        <v>757</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B65" s="5">
         <v>8</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D65" s="5">
         <v>1</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>733</v>
+        <v>713</v>
       </c>
       <c r="F65" s="5">
         <v>6</v>
       </c>
       <c r="G65" s="5">
         <v>2016</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>788</v>
+        <v>1381</v>
       </c>
       <c r="L65" s="5" t="s">
-        <v>789</v>
+        <v>173</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>790</v>
+        <v>758</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B66" s="5">
         <v>8</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D66" s="5">
         <v>1</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>734</v>
+        <v>714</v>
       </c>
       <c r="F66" s="5">
         <v>7</v>
       </c>
       <c r="G66" s="5">
         <v>2016</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>791</v>
+        <v>1382</v>
       </c>
       <c r="L66" s="5" t="s">
-        <v>792</v>
+        <v>173</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>793</v>
+        <v>759</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="5" t="s">
-        <v>794</v>
+        <v>760</v>
       </c>
       <c r="B67" s="5">
         <v>8</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D67" s="5">
         <v>1</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>795</v>
+        <v>761</v>
       </c>
       <c r="F67" s="5">
         <v>8</v>
       </c>
       <c r="G67" s="5">
         <v>2017</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>796</v>
+        <v>1383</v>
       </c>
       <c r="L67" s="5" t="s">
-        <v>797</v>
+        <v>173</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>798</v>
+        <v>762</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B68" s="5">
         <v>8</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D68" s="5">
         <v>1</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>799</v>
+        <v>763</v>
       </c>
       <c r="F68" s="5">
         <v>9</v>
       </c>
       <c r="G68" s="5">
         <v>2017</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>781</v>
+        <v>832</v>
       </c>
       <c r="L68" s="5" t="s">
-        <v>797</v>
+        <v>173</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>801</v>
+        <v>765</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B69" s="5">
         <v>8</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D69" s="5">
         <v>1</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>733</v>
+        <v>713</v>
       </c>
       <c r="F69" s="5">
         <v>10</v>
       </c>
       <c r="G69" s="5">
         <v>2017</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>802</v>
+        <v>1384</v>
       </c>
       <c r="L69" s="5" t="s">
-        <v>803</v>
+        <v>173</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>804</v>
+        <v>766</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B70" s="5">
         <v>8</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D70" s="5">
         <v>1</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>735</v>
+        <v>715</v>
       </c>
       <c r="F70" s="5">
         <v>11</v>
       </c>
       <c r="G70" s="5">
         <v>2018</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>802</v>
+        <v>1384</v>
       </c>
       <c r="L70" s="5" t="s">
-        <v>805</v>
+        <v>173</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>806</v>
+        <v>767</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B71" s="5">
         <v>8</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D71" s="5">
         <v>1</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>736</v>
+        <v>716</v>
       </c>
       <c r="F71" s="5">
         <v>12</v>
       </c>
       <c r="G71" s="5">
         <v>2018</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>807</v>
+        <v>1385</v>
       </c>
       <c r="L71" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="N71" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="M71" s="5" t="s">
-[...6 lines deleted...]
-    <row r="72" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="72" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B72" s="5">
         <v>8</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D72" s="5">
         <v>1</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>737</v>
+        <v>717</v>
       </c>
       <c r="F72" s="5">
         <v>13</v>
       </c>
       <c r="G72" s="5">
         <v>2018</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>810</v>
+        <v>1386</v>
       </c>
       <c r="L72" s="5" t="s">
-        <v>811</v>
+        <v>173</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>812</v>
+        <v>769</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="73" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B73" s="5">
         <v>8</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D73" s="5">
         <v>1</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>738</v>
+        <v>718</v>
       </c>
       <c r="F73" s="5">
         <v>14</v>
       </c>
       <c r="G73" s="5">
         <v>2018</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>813</v>
+        <v>1387</v>
       </c>
       <c r="L73" s="5" t="s">
-        <v>814</v>
+        <v>1365</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>856</v>
+        <v>785</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B74" s="5">
         <v>8</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D74" s="5">
         <v>1</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>739</v>
+        <v>719</v>
       </c>
       <c r="F74" s="5">
         <v>15</v>
       </c>
       <c r="G74" s="5">
         <v>2018</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>815</v>
+        <v>1388</v>
       </c>
       <c r="L74" s="5" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>816</v>
+        <v>770</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B75" s="5">
         <v>8</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D75" s="5">
         <v>1</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="F75" s="5">
         <v>16</v>
       </c>
       <c r="G75" s="5">
         <v>2018</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>817</v>
+        <v>1389</v>
       </c>
       <c r="L75" s="5" t="s">
-        <v>818</v>
+        <v>1365</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>857</v>
+        <v>786</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B76" s="5">
         <v>8</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D76" s="5">
         <v>1</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>784</v>
+        <v>756</v>
       </c>
       <c r="F76" s="5">
         <v>17</v>
       </c>
       <c r="G76" s="5">
         <v>2019</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J76" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="L76" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="M76" s="5" t="s">
         <v>771</v>
       </c>
-      <c r="K76" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N76" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B77" s="5">
         <v>8</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D77" s="5">
         <v>1</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>741</v>
+        <v>721</v>
       </c>
       <c r="F77" s="5">
         <v>18</v>
       </c>
       <c r="G77" s="5">
         <v>2015</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>821</v>
+        <v>1390</v>
       </c>
       <c r="L77" s="5" t="s">
-        <v>822</v>
+        <v>266</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>823</v>
+        <v>772</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B78" s="5">
         <v>8</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D78" s="5">
         <v>1</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>742</v>
+        <v>722</v>
       </c>
       <c r="F78" s="5">
         <v>19</v>
       </c>
       <c r="G78" s="5">
         <v>2015</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>813</v>
+        <v>1387</v>
       </c>
       <c r="L78" s="5" t="s">
-        <v>824</v>
+        <v>266</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>825</v>
+        <v>773</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B79" s="5">
         <v>8</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D79" s="5">
         <v>1</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>743</v>
+        <v>723</v>
       </c>
       <c r="F79" s="5">
         <v>20</v>
       </c>
       <c r="G79" s="5">
         <v>2015</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>826</v>
+        <v>1392</v>
       </c>
       <c r="L79" s="5" t="s">
-        <v>827</v>
+        <v>266</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>828</v>
+        <v>774</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B80" s="5">
         <v>8</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D80" s="5">
         <v>1</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>744</v>
+        <v>724</v>
       </c>
       <c r="F80" s="5">
         <v>21</v>
       </c>
       <c r="G80" s="5">
         <v>2015</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="L80" s="5" t="s">
-        <v>830</v>
+        <v>266</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>831</v>
+        <v>775</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B81" s="5">
         <v>8</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D81" s="5">
         <v>1</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>745</v>
+        <v>725</v>
       </c>
       <c r="F81" s="5">
         <v>22</v>
       </c>
       <c r="G81" s="5">
         <v>2015</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="L81" s="5" t="s">
-        <v>833</v>
+        <v>266</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>834</v>
+        <v>776</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B82" s="5">
         <v>8</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D82" s="5">
         <v>1</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>835</v>
+        <v>777</v>
       </c>
       <c r="F82" s="5">
         <v>23</v>
       </c>
       <c r="G82" s="5">
         <v>2016</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>836</v>
+        <v>1393</v>
       </c>
       <c r="L82" s="5" t="s">
-        <v>837</v>
+        <v>266</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>838</v>
+        <v>778</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B83" s="5">
         <v>8</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D83" s="5">
         <v>1</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>746</v>
+        <v>726</v>
       </c>
       <c r="F83" s="5">
         <v>24</v>
       </c>
       <c r="G83" s="5">
         <v>2016</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>839</v>
+        <v>1394</v>
       </c>
       <c r="L83" s="5" t="s">
-        <v>840</v>
+        <v>1366</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>841</v>
+        <v>779</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B84" s="5">
         <v>8</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D84" s="5">
         <v>1</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>747</v>
+        <v>727</v>
       </c>
       <c r="F84" s="5">
         <v>25</v>
       </c>
       <c r="G84" s="5">
         <v>2017</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>842</v>
+        <v>1395</v>
       </c>
       <c r="L84" s="5" t="s">
-        <v>843</v>
+        <v>1367</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>844</v>
+        <v>780</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B85" s="5">
         <v>8</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D85" s="5">
         <v>1</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>748</v>
+        <v>728</v>
       </c>
       <c r="F85" s="5">
         <v>26</v>
       </c>
       <c r="G85" s="5">
         <v>2017</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>845</v>
+        <v>1396</v>
       </c>
       <c r="L85" s="5" t="s">
-        <v>846</v>
+        <v>266</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>847</v>
+        <v>781</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B86" s="5">
         <v>8</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D86" s="5">
         <v>1</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>749</v>
+        <v>729</v>
       </c>
       <c r="F86" s="5">
         <v>27</v>
       </c>
       <c r="G86" s="5">
         <v>2018</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>848</v>
+        <v>1397</v>
       </c>
       <c r="L86" s="5" t="s">
-        <v>849</v>
+        <v>1367</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>850</v>
+        <v>782</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B87" s="5">
         <v>8</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D87" s="5">
         <v>1</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>750</v>
+        <v>730</v>
       </c>
       <c r="F87" s="5">
         <v>28</v>
       </c>
       <c r="G87" s="5">
         <v>2018</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>751</v>
+        <v>731</v>
       </c>
       <c r="L87" s="5" t="s">
-        <v>851</v>
+        <v>1367</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>852</v>
+        <v>783</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="88" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B88" s="5">
         <v>8</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D88" s="5">
         <v>1</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>752</v>
+        <v>732</v>
       </c>
       <c r="F88" s="5">
         <v>29</v>
       </c>
       <c r="G88" s="5">
         <v>2019</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>853</v>
+        <v>1398</v>
       </c>
       <c r="L88" s="5" t="s">
-        <v>854</v>
+        <v>1368</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>855</v>
+        <v>784</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B89" s="5">
         <v>8</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D89" s="5">
         <v>1</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>753</v>
+        <v>733</v>
       </c>
       <c r="F89" s="5">
         <v>30</v>
       </c>
       <c r="G89" s="5">
         <v>2014</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>800</v>
+        <v>764</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>858</v>
+        <v>1399</v>
       </c>
       <c r="L89" s="5" t="s">
-        <v>859</v>
+        <v>456</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>860</v>
+        <v>787</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B90" s="5">
         <v>8</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D90" s="5">
         <v>1</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>754</v>
+        <v>734</v>
       </c>
       <c r="F90" s="5">
         <v>31</v>
       </c>
       <c r="G90" s="5">
         <v>2015</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>813</v>
+        <v>1387</v>
       </c>
       <c r="L90" s="5" t="s">
-        <v>861</v>
+        <v>456</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>862</v>
+        <v>788</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B91" s="5">
         <v>8</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D91" s="5">
         <v>1</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>755</v>
+        <v>735</v>
       </c>
       <c r="F91" s="5">
         <v>32</v>
       </c>
       <c r="G91" s="5">
         <v>2015</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>863</v>
+        <v>1400</v>
       </c>
       <c r="L91" s="5" t="s">
-        <v>864</v>
+        <v>456</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>865</v>
+        <v>789</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="92" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B92" s="5">
         <v>8</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D92" s="5">
         <v>1</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>756</v>
+        <v>736</v>
       </c>
       <c r="F92" s="5">
         <v>33</v>
       </c>
       <c r="G92" s="5">
         <v>2015</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>800</v>
+        <v>764</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>866</v>
+        <v>1401</v>
       </c>
       <c r="L92" s="5" t="s">
-        <v>867</v>
+        <v>456</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>868</v>
+        <v>790</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="93" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B93" s="5">
         <v>8</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D93" s="5">
         <v>1</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>757</v>
+        <v>737</v>
       </c>
       <c r="F93" s="5">
         <v>34</v>
       </c>
       <c r="G93" s="5">
         <v>2017</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>869</v>
+        <v>1402</v>
       </c>
       <c r="L93" s="5" t="s">
-        <v>870</v>
+        <v>456</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>871</v>
+        <v>791</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="94" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B94" s="5">
         <v>8</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D94" s="5">
         <v>1</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>758</v>
+        <v>738</v>
       </c>
       <c r="F94" s="5">
         <v>35</v>
       </c>
       <c r="G94" s="5">
         <v>2018</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>872</v>
+        <v>1403</v>
       </c>
       <c r="L94" s="5" t="s">
-        <v>859</v>
+        <v>456</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>873</v>
+        <v>792</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="95" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B95" s="5">
         <v>8</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D95" s="5">
         <v>1</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>758</v>
+        <v>738</v>
       </c>
       <c r="F95" s="5">
         <v>36</v>
       </c>
       <c r="G95" s="5">
         <v>2018</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>874</v>
+        <v>1404</v>
       </c>
       <c r="L95" s="5" t="s">
-        <v>859</v>
+        <v>456</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>875</v>
+        <v>793</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="96" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B96" s="5">
         <v>8</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D96" s="5">
         <v>1</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>759</v>
+        <v>739</v>
       </c>
       <c r="F96" s="5">
         <v>37</v>
       </c>
       <c r="G96" s="5">
         <v>2018</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>876</v>
+        <v>1405</v>
       </c>
       <c r="L96" s="5" t="s">
-        <v>859</v>
+        <v>456</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>877</v>
+        <v>794</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="97" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="5" t="s">
-        <v>794</v>
+        <v>760</v>
       </c>
       <c r="B97" s="5">
         <v>8</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D97" s="5">
         <v>1</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>760</v>
+        <v>740</v>
       </c>
       <c r="F97" s="5">
         <v>38</v>
       </c>
       <c r="G97" s="5">
         <v>2018</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>800</v>
+        <v>764</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>878</v>
+        <v>1406</v>
       </c>
       <c r="L97" s="5" t="s">
-        <v>879</v>
+        <v>456</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>880</v>
+        <v>795</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="98" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B98" s="5">
         <v>8</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D98" s="5">
         <v>1</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>761</v>
+        <v>741</v>
       </c>
       <c r="F98" s="5">
         <v>39</v>
       </c>
       <c r="G98" s="5">
         <v>2015</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>813</v>
+        <v>1387</v>
       </c>
       <c r="L98" s="5" t="s">
-        <v>881</v>
+        <v>426</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>882</v>
+        <v>796</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="99" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B99" s="5">
         <v>8</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D99" s="5">
         <v>1</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>762</v>
+        <v>742</v>
       </c>
       <c r="F99" s="5">
         <v>40</v>
       </c>
       <c r="G99" s="5">
         <v>2016</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>883</v>
+        <v>1407</v>
       </c>
       <c r="L99" s="5" t="s">
-        <v>884</v>
+        <v>426</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>885</v>
+        <v>797</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="100" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B100" s="5">
         <v>8</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D100" s="5">
         <v>1</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="F100" s="5">
         <v>41</v>
       </c>
       <c r="G100" s="5">
         <v>2016</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>886</v>
+        <v>1408</v>
       </c>
       <c r="L100" s="5" t="s">
-        <v>887</v>
+        <v>426</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>888</v>
+        <v>798</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="101" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B101" s="5">
         <v>8</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D101" s="5">
         <v>1</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>764</v>
+        <v>744</v>
       </c>
       <c r="F101" s="5">
         <v>42</v>
       </c>
       <c r="G101" s="5">
         <v>2016</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>889</v>
+        <v>1409</v>
       </c>
       <c r="L101" s="5" t="s">
-        <v>890</v>
+        <v>426</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>891</v>
+        <v>799</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="102" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B102" s="5">
         <v>8</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D102" s="5">
         <v>1</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>765</v>
+        <v>745</v>
       </c>
       <c r="F102" s="5">
         <v>43</v>
       </c>
       <c r="G102" s="5">
         <v>2017</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>892</v>
+        <v>1410</v>
       </c>
       <c r="L102" s="5" t="s">
-        <v>893</v>
+        <v>426</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>894</v>
+        <v>800</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="103" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B103" s="5">
         <v>8</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D103" s="5">
         <v>1</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>766</v>
+        <v>746</v>
       </c>
       <c r="F103" s="5">
         <v>44</v>
       </c>
       <c r="G103" s="5">
         <v>2018</v>
       </c>
       <c r="H103" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>895</v>
+        <v>1411</v>
       </c>
       <c r="L103" s="5" t="s">
-        <v>896</v>
+        <v>426</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>897</v>
+        <v>801</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="104" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B104" s="5">
         <v>8</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D104" s="5">
         <v>1</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>898</v>
+        <v>802</v>
       </c>
       <c r="F104" s="5">
         <v>45</v>
       </c>
       <c r="G104" s="5">
         <v>2014</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>899</v>
+        <v>1412</v>
       </c>
       <c r="L104" s="5" t="s">
-        <v>900</v>
+        <v>425</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>901</v>
+        <v>803</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="105" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B105" s="5">
         <v>8</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D105" s="5">
         <v>1</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>902</v>
+        <v>804</v>
       </c>
       <c r="F105" s="5">
         <v>46</v>
       </c>
       <c r="G105" s="5">
         <v>2015</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>903</v>
+        <v>1413</v>
       </c>
       <c r="L105" s="5" t="s">
-        <v>904</v>
+        <v>425</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>905</v>
+        <v>805</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="106" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B106" s="5">
         <v>8</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D106" s="5">
         <v>1</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>767</v>
+        <v>747</v>
       </c>
       <c r="F106" s="5">
         <v>47</v>
       </c>
       <c r="G106" s="5">
         <v>2015</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>906</v>
+        <v>1414</v>
       </c>
       <c r="L106" s="5" t="s">
-        <v>907</v>
+        <v>425</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>908</v>
+        <v>806</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="107" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B107" s="5">
         <v>8</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>769</v>
+        <v>749</v>
       </c>
       <c r="D107" s="5">
         <v>1</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>768</v>
+        <v>748</v>
       </c>
       <c r="F107" s="5">
         <v>48</v>
       </c>
       <c r="G107" s="5">
         <v>2015</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>781</v>
+        <v>832</v>
       </c>
       <c r="L107" s="5" t="s">
-        <v>909</v>
+        <v>425</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>910</v>
+        <v>807</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="108" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B108" s="5">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D108" s="5">
         <v>2</v>
       </c>
       <c r="E108" t="s">
-        <v>784</v>
+        <v>756</v>
       </c>
       <c r="F108">
         <v>1</v>
       </c>
       <c r="G108">
         <v>2021</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I108" t="s">
         <v>20</v>
       </c>
       <c r="J108" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K108" t="s">
-        <v>923</v>
+        <v>820</v>
       </c>
       <c r="L108" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M108" t="s">
-        <v>944</v>
-[...5 lines deleted...]
-    <row r="109" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>841</v>
+      </c>
+      <c r="N108" s="67" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="109" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B109" s="5">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D109" s="5">
         <v>2</v>
       </c>
       <c r="E109" t="s">
-        <v>945</v>
+        <v>842</v>
       </c>
       <c r="F109">
         <v>2</v>
       </c>
       <c r="G109">
         <v>2023</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I109" t="s">
         <v>20</v>
       </c>
       <c r="J109" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K109" t="s">
-        <v>924</v>
+        <v>821</v>
       </c>
       <c r="L109" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M109" t="s">
-        <v>946</v>
-[...5 lines deleted...]
-    <row r="110" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>843</v>
+      </c>
+      <c r="N109" s="67" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="110" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B110" s="5">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D110" s="5">
         <v>2</v>
       </c>
       <c r="E110" t="s">
-        <v>947</v>
+        <v>844</v>
       </c>
       <c r="F110">
         <v>3</v>
       </c>
       <c r="G110">
         <v>2023</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I110" t="s">
         <v>20</v>
       </c>
       <c r="J110" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K110" t="s">
-        <v>925</v>
+        <v>822</v>
       </c>
       <c r="L110" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M110" t="s">
-        <v>948</v>
-[...5 lines deleted...]
-    <row r="111" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>845</v>
+      </c>
+      <c r="N110" s="67" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="111" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B111" s="5">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D111" s="5">
         <v>2</v>
       </c>
       <c r="E111" t="s">
-        <v>735</v>
+        <v>715</v>
       </c>
       <c r="F111">
         <v>4</v>
       </c>
       <c r="G111">
         <v>2020</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I111" t="s">
         <v>20</v>
       </c>
       <c r="J111" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K111" t="s">
-        <v>926</v>
+        <v>823</v>
       </c>
       <c r="L111" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M111" t="s">
-        <v>949</v>
-[...5 lines deleted...]
-    <row r="112" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>846</v>
+      </c>
+      <c r="N111" s="67" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="112" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B112" s="5">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D112" s="5">
         <v>2</v>
       </c>
       <c r="E112" t="s">
-        <v>912</v>
+        <v>809</v>
       </c>
       <c r="F112">
         <v>5</v>
       </c>
       <c r="G112">
         <v>2020</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I112" t="s">
         <v>20</v>
       </c>
       <c r="J112" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K112" t="s">
-        <v>927</v>
+        <v>824</v>
       </c>
       <c r="L112" t="s">
-        <v>971</v>
+        <v>173</v>
       </c>
       <c r="M112" t="s">
-        <v>950</v>
-[...5 lines deleted...]
-    <row r="113" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>847</v>
+      </c>
+      <c r="N112" s="67" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="113" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B113" s="5">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D113" s="5">
         <v>2</v>
       </c>
       <c r="E113" t="s">
-        <v>951</v>
+        <v>848</v>
       </c>
       <c r="F113">
         <v>6</v>
       </c>
       <c r="G113">
         <v>2021</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I113" t="s">
         <v>20</v>
       </c>
       <c r="J113" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K113" t="s">
-        <v>928</v>
+        <v>825</v>
       </c>
       <c r="L113" t="s">
-        <v>971</v>
+        <v>173</v>
       </c>
       <c r="M113" t="s">
-        <v>952</v>
-[...5 lines deleted...]
-    <row r="114" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>849</v>
+      </c>
+      <c r="N113" s="67" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="114" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B114" s="5">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D114" s="5">
         <v>2</v>
       </c>
       <c r="E114" t="s">
-        <v>737</v>
+        <v>717</v>
       </c>
       <c r="F114">
         <v>7</v>
       </c>
       <c r="G114">
         <v>2022</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I114" t="s">
         <v>20</v>
       </c>
       <c r="J114" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K114" t="s">
-        <v>993</v>
+        <v>889</v>
       </c>
       <c r="L114" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M114" t="s">
-        <v>953</v>
-[...5 lines deleted...]
-    <row r="115" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>850</v>
+      </c>
+      <c r="N114" s="67" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="115" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B115" s="5">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D115" s="5">
         <v>2</v>
       </c>
       <c r="E115" t="s">
-        <v>954</v>
+        <v>851</v>
       </c>
       <c r="F115">
         <v>8</v>
       </c>
       <c r="G115">
         <v>2023</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I115" t="s">
         <v>20</v>
       </c>
       <c r="J115" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K115" t="s">
-        <v>1010</v>
+        <v>906</v>
       </c>
       <c r="L115" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M115" t="s">
-        <v>955</v>
-[...5 lines deleted...]
-    <row r="116" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>852</v>
+      </c>
+      <c r="N115" s="67" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="116" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B116" s="5">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D116" s="5">
         <v>2</v>
       </c>
       <c r="E116" t="s">
-        <v>956</v>
+        <v>853</v>
       </c>
       <c r="F116">
         <v>9</v>
       </c>
       <c r="G116">
         <v>2023</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I116" t="s">
         <v>20</v>
       </c>
       <c r="J116" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K116" t="s">
-        <v>930</v>
+        <v>827</v>
       </c>
       <c r="L116" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M116" t="s">
-        <v>957</v>
-[...5 lines deleted...]
-    <row r="117" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>854</v>
+      </c>
+      <c r="N116" s="67" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="117" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B117" s="5">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D117" s="5">
         <v>2</v>
       </c>
       <c r="E117" t="s">
-        <v>913</v>
+        <v>810</v>
       </c>
       <c r="F117">
         <v>10</v>
       </c>
       <c r="G117">
         <v>2024</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I117" t="s">
         <v>20</v>
       </c>
       <c r="J117" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K117" t="s">
-        <v>931</v>
+        <v>828</v>
       </c>
       <c r="L117" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M117" t="s">
-        <v>958</v>
-[...5 lines deleted...]
-    <row r="118" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>855</v>
+      </c>
+      <c r="N117" s="67" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="118" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B118" s="5">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D118" s="5">
         <v>2</v>
       </c>
       <c r="E118" t="s">
-        <v>914</v>
+        <v>811</v>
       </c>
       <c r="F118">
         <v>11</v>
       </c>
       <c r="G118">
         <v>2020</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I118" t="s">
         <v>20</v>
       </c>
       <c r="J118" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K118" t="s">
-        <v>932</v>
+        <v>829</v>
       </c>
       <c r="L118" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M118" t="s">
-        <v>959</v>
-[...5 lines deleted...]
-    <row r="119" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>856</v>
+      </c>
+      <c r="N118" s="67" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="119" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B119" s="5">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D119" s="5">
         <v>2</v>
       </c>
       <c r="E119" t="s">
-        <v>915</v>
+        <v>812</v>
       </c>
       <c r="F119">
         <v>12</v>
       </c>
       <c r="G119">
         <v>2021</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I119" t="s">
         <v>20</v>
       </c>
       <c r="J119" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K119" t="s">
-        <v>933</v>
+        <v>830</v>
       </c>
       <c r="L119" t="s">
-        <v>972</v>
+        <v>868</v>
       </c>
       <c r="M119" t="s">
-        <v>960</v>
-[...5 lines deleted...]
-    <row r="120" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>857</v>
+      </c>
+      <c r="N119" s="67" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="120" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B120" s="5">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D120" s="5">
         <v>2</v>
       </c>
       <c r="E120" t="s">
-        <v>916</v>
+        <v>813</v>
       </c>
       <c r="F120">
         <v>13</v>
       </c>
       <c r="G120">
         <v>2021</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I120" t="s">
         <v>20</v>
       </c>
       <c r="J120" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K120" t="s">
-        <v>934</v>
+        <v>831</v>
       </c>
       <c r="L120" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="M120" t="s">
-        <v>961</v>
-[...5 lines deleted...]
-    <row r="121" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>858</v>
+      </c>
+      <c r="N120" s="67" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="121" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B121" s="5">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D121" s="5">
         <v>2</v>
       </c>
       <c r="E121" t="s">
-        <v>962</v>
+        <v>859</v>
       </c>
       <c r="F121">
         <v>14</v>
       </c>
       <c r="G121">
         <v>2022</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I121" t="s">
         <v>20</v>
       </c>
       <c r="J121" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K121" t="s">
-        <v>935</v>
+        <v>832</v>
       </c>
       <c r="L121" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M121" t="s">
-        <v>963</v>
-[...5 lines deleted...]
-    <row r="122" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>860</v>
+      </c>
+      <c r="N121" s="67" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="122" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B122" s="5">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D122" s="5">
         <v>2</v>
       </c>
       <c r="E122" t="s">
-        <v>917</v>
+        <v>814</v>
       </c>
       <c r="F122">
         <v>15</v>
       </c>
       <c r="G122">
         <v>2024</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I122" t="s">
         <v>20</v>
       </c>
       <c r="J122" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K122" t="s">
-        <v>936</v>
+        <v>833</v>
       </c>
       <c r="L122" t="s">
-        <v>818</v>
+        <v>1365</v>
       </c>
       <c r="M122" t="s">
-        <v>964</v>
-[...5 lines deleted...]
-    <row r="123" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>861</v>
+      </c>
+      <c r="N122" s="67" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="123" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B123" s="5">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D123" s="5">
         <v>2</v>
       </c>
       <c r="E123" t="s">
-        <v>918</v>
+        <v>815</v>
       </c>
       <c r="F123">
         <v>16</v>
       </c>
       <c r="G123">
         <v>2021</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I123" t="s">
         <v>20</v>
       </c>
       <c r="J123" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K123" t="s">
-        <v>937</v>
+        <v>834</v>
       </c>
       <c r="L123" t="s">
-        <v>818</v>
+        <v>1365</v>
       </c>
       <c r="M123" t="s">
-        <v>965</v>
-[...5 lines deleted...]
-    <row r="124" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>862</v>
+      </c>
+      <c r="N123" s="67" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="124" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B124" s="5">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D124" s="5">
         <v>2</v>
       </c>
       <c r="E124" t="s">
-        <v>919</v>
+        <v>816</v>
       </c>
       <c r="F124">
         <v>17</v>
       </c>
       <c r="G124">
         <v>2022</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I124" t="s">
         <v>20</v>
       </c>
       <c r="J124" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K124" t="s">
-        <v>938</v>
+        <v>835</v>
       </c>
       <c r="L124" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="M124" t="s">
-        <v>966</v>
-[...5 lines deleted...]
-    <row r="125" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>863</v>
+      </c>
+      <c r="N124" s="67" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="125" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B125" s="5">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D125" s="5">
         <v>2</v>
       </c>
       <c r="E125" t="s">
-        <v>745</v>
+        <v>725</v>
       </c>
       <c r="F125">
         <v>18</v>
       </c>
       <c r="G125">
         <v>2020</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I125" t="s">
         <v>20</v>
       </c>
       <c r="J125" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K125" t="s">
-        <v>939</v>
+        <v>836</v>
       </c>
       <c r="L125" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="M125" t="s">
-        <v>967</v>
-[...5 lines deleted...]
-    <row r="126" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>864</v>
+      </c>
+      <c r="N125" s="67" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="126" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B126" s="5">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D126" s="5">
         <v>2</v>
       </c>
       <c r="E126" t="s">
-        <v>920</v>
+        <v>817</v>
       </c>
       <c r="F126">
         <v>19</v>
       </c>
       <c r="G126">
         <v>2020</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I126" t="s">
         <v>20</v>
       </c>
       <c r="J126" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K126" t="s">
-        <v>940</v>
+        <v>837</v>
       </c>
       <c r="L126" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="M126" t="s">
-        <v>968</v>
-[...5 lines deleted...]
-    <row r="127" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>865</v>
+      </c>
+      <c r="N126" s="67" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="127" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B127" s="5">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D127" s="5">
         <v>2</v>
       </c>
       <c r="E127" t="s">
-        <v>921</v>
+        <v>818</v>
       </c>
       <c r="F127">
         <v>20</v>
       </c>
       <c r="G127">
         <v>2021</v>
       </c>
       <c r="H127" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I127" t="s">
         <v>20</v>
       </c>
       <c r="J127" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K127" t="s">
-        <v>941</v>
+        <v>838</v>
       </c>
       <c r="L127" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="M127" t="s">
-        <v>969</v>
-[...5 lines deleted...]
-    <row r="128" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>866</v>
+      </c>
+      <c r="N127" s="67" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="128" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="5" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B128" s="5">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D128" s="5">
         <v>2</v>
       </c>
       <c r="E128" t="s">
-        <v>922</v>
+        <v>819</v>
       </c>
       <c r="F128">
         <v>21</v>
       </c>
       <c r="G128">
         <v>2024</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I128" t="s">
         <v>20</v>
       </c>
       <c r="J128" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K128" t="s">
-        <v>942</v>
+        <v>839</v>
       </c>
       <c r="L128" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="M128" t="s">
-        <v>970</v>
-[...5 lines deleted...]
-    <row r="129" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>867</v>
+      </c>
+      <c r="N128" s="67" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="129" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B129">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D129">
         <v>2</v>
       </c>
       <c r="E129" t="s">
-        <v>975</v>
+        <v>871</v>
       </c>
       <c r="F129">
         <v>22</v>
       </c>
       <c r="G129">
         <v>2023</v>
       </c>
       <c r="H129" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I129" t="s">
         <v>20</v>
       </c>
       <c r="J129" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K129" t="s">
-        <v>995</v>
+        <v>891</v>
       </c>
       <c r="L129" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="M129" t="s">
-        <v>976</v>
-[...5 lines deleted...]
-    <row r="130" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>872</v>
+      </c>
+      <c r="N129" s="67" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="130" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B130">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D130">
         <v>2</v>
       </c>
       <c r="E130" t="s">
-        <v>977</v>
+        <v>873</v>
       </c>
       <c r="F130">
         <v>23</v>
       </c>
       <c r="G130">
         <v>2023</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I130" t="s">
         <v>20</v>
       </c>
       <c r="J130" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K130" t="s">
-        <v>978</v>
+        <v>874</v>
       </c>
       <c r="L130" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M130" t="s">
-        <v>979</v>
-[...5 lines deleted...]
-    <row r="131" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>875</v>
+      </c>
+      <c r="N130" s="67" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="131" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B131">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D131">
         <v>2</v>
       </c>
       <c r="E131" t="s">
-        <v>980</v>
+        <v>876</v>
       </c>
       <c r="F131">
         <v>24</v>
       </c>
       <c r="G131">
         <v>2023</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I131" t="s">
         <v>20</v>
       </c>
       <c r="J131" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K131" t="s">
-        <v>987</v>
+        <v>883</v>
       </c>
       <c r="L131" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M131" t="s">
-        <v>981</v>
-[...5 lines deleted...]
-    <row r="132" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>877</v>
+      </c>
+      <c r="N131" s="67" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="132" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B132">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D132">
         <v>2</v>
       </c>
       <c r="E132" t="s">
-        <v>982</v>
+        <v>878</v>
       </c>
       <c r="F132">
         <v>25</v>
       </c>
       <c r="G132">
         <v>2023</v>
       </c>
       <c r="H132" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I132" t="s">
         <v>20</v>
       </c>
       <c r="J132" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K132" t="s">
-        <v>988</v>
+        <v>884</v>
       </c>
       <c r="L132" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M132" t="s">
-        <v>983</v>
-[...5 lines deleted...]
-    <row r="133" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>879</v>
+      </c>
+      <c r="N132" s="67" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="133" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B133">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>943</v>
+        <v>840</v>
       </c>
       <c r="D133">
         <v>2</v>
       </c>
       <c r="E133" t="s">
-        <v>984</v>
+        <v>880</v>
       </c>
       <c r="F133">
         <v>26</v>
       </c>
       <c r="G133">
         <v>2023</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I133" t="s">
         <v>20</v>
       </c>
       <c r="J133" t="s">
-        <v>771</v>
+        <v>751</v>
       </c>
       <c r="K133" t="s">
-        <v>985</v>
+        <v>881</v>
       </c>
       <c r="L133" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M133" t="s">
-        <v>986</v>
-[...5 lines deleted...]
-    <row r="134" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>882</v>
+      </c>
+      <c r="N133" s="67" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="134" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B134">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>1018</v>
+        <v>913</v>
       </c>
       <c r="D134">
         <v>3</v>
       </c>
-      <c r="E134" s="49" t="s">
-        <v>1011</v>
+      <c r="E134" s="48" t="s">
+        <v>907</v>
       </c>
       <c r="F134">
         <v>1</v>
       </c>
-      <c r="G134" s="49">
+      <c r="G134" s="48">
         <v>2025</v>
       </c>
-      <c r="H134" s="49" t="s">
-[...2 lines deleted...]
-      <c r="I134" s="49" t="s">
+      <c r="H134" s="48" t="s">
+        <v>263</v>
+      </c>
+      <c r="I134" s="48" t="s">
         <v>20</v>
       </c>
-      <c r="J134" s="49" t="s">
-[...15 lines deleted...]
-    <row r="135" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J134" s="48" t="s">
+        <v>751</v>
+      </c>
+      <c r="K134" s="48" t="s">
+        <v>914</v>
+      </c>
+      <c r="L134" s="48" t="s">
+        <v>425</v>
+      </c>
+      <c r="M134" s="48" t="s">
+        <v>908</v>
+      </c>
+      <c r="N134" s="67" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="135" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" t="s">
-        <v>354</v>
+        <v>345</v>
       </c>
       <c r="B135">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>1018</v>
+        <v>913</v>
       </c>
       <c r="D135">
         <v>3</v>
       </c>
-      <c r="E135" s="49" t="s">
-        <v>1014</v>
+      <c r="E135" s="48" t="s">
+        <v>910</v>
       </c>
       <c r="F135">
         <v>2</v>
       </c>
-      <c r="G135" s="49">
+      <c r="G135" s="48">
         <v>2025</v>
       </c>
-      <c r="H135" s="49" t="s">
-[...2 lines deleted...]
-      <c r="I135" s="49" t="s">
+      <c r="H135" s="48" t="s">
+        <v>263</v>
+      </c>
+      <c r="I135" s="48" t="s">
         <v>20</v>
       </c>
-      <c r="J135" s="49" t="s">
-[...15 lines deleted...]
-    <row r="136" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J135" s="48" t="s">
+        <v>751</v>
+      </c>
+      <c r="K135" s="48" t="s">
+        <v>915</v>
+      </c>
+      <c r="L135" s="48" t="s">
+        <v>426</v>
+      </c>
+      <c r="M135" s="48" t="s">
+        <v>911</v>
+      </c>
+      <c r="N135" s="67" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="136" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="6" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B136" s="7">
         <v>12</v>
       </c>
       <c r="C136" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D136" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E136" t="s">
-        <v>1023</v>
+        <v>917</v>
       </c>
       <c r="F136">
         <v>1</v>
       </c>
       <c r="G136">
         <v>2025</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="I136" t="s">
         <v>34</v>
       </c>
       <c r="J136" t="s">
         <v>37</v>
       </c>
       <c r="K136" t="s">
-        <v>1024</v>
+        <v>918</v>
       </c>
       <c r="L136" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="M136" t="s">
-        <v>1025</v>
-[...6 lines deleted...]
-      <c r="A137" t="s">
+        <v>919</v>
+      </c>
+      <c r="N136" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="137" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B137" s="7">
+        <v>15</v>
+      </c>
+      <c r="C137" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B137">
-[...9 lines deleted...]
-        <v>1033</v>
+      <c r="D137" s="7">
+        <v>1</v>
+      </c>
+      <c r="E137" s="42" t="s">
+        <v>927</v>
       </c>
       <c r="F137">
         <v>4</v>
       </c>
       <c r="G137">
         <v>2022</v>
       </c>
       <c r="H137" t="s">
-        <v>1027</v>
+        <v>921</v>
       </c>
       <c r="I137" t="s">
         <v>39</v>
       </c>
       <c r="J137" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="K137" t="s">
-        <v>1093</v>
+        <v>986</v>
       </c>
       <c r="L137" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M137" t="s">
-        <v>1034</v>
-[...6 lines deleted...]
-      <c r="A138" t="s">
+        <v>928</v>
+      </c>
+      <c r="N137" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="138" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B138" s="7">
+        <v>15</v>
+      </c>
+      <c r="C138" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B138">
-[...9 lines deleted...]
-        <v>1036</v>
+      <c r="D138" s="7">
+        <v>1</v>
+      </c>
+      <c r="E138" s="42" t="s">
+        <v>930</v>
       </c>
       <c r="F138">
         <v>5</v>
       </c>
       <c r="G138">
         <v>2024</v>
       </c>
       <c r="H138" t="s">
-        <v>1028</v>
+        <v>922</v>
       </c>
       <c r="I138" t="s">
         <v>39</v>
       </c>
       <c r="J138" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="K138" t="s">
-        <v>1094</v>
+        <v>987</v>
       </c>
       <c r="L138" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M138" t="s">
-        <v>1035</v>
-[...5 lines deleted...]
-    <row r="139" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>929</v>
+      </c>
+      <c r="N138" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="139" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" t="s">
         <v>46</v>
       </c>
       <c r="B139">
         <v>16</v>
       </c>
-      <c r="C139" s="47" t="s">
-        <v>63</v>
+      <c r="C139" s="46" t="s">
+        <v>62</v>
       </c>
       <c r="D139" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E139" t="s">
-        <v>1037</v>
+        <v>931</v>
       </c>
       <c r="F139">
         <v>1</v>
       </c>
       <c r="G139">
         <v>2023</v>
       </c>
       <c r="H139" t="s">
-        <v>1038</v>
+        <v>932</v>
       </c>
       <c r="I139" t="s">
         <v>39</v>
       </c>
       <c r="J139" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="K139" t="s">
-        <v>1095</v>
+        <v>988</v>
       </c>
       <c r="L139" t="s">
-        <v>818</v>
+        <v>1365</v>
       </c>
       <c r="M139" t="s">
-        <v>1039</v>
-[...11 lines deleted...]
-    <row r="140" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>933</v>
+      </c>
+      <c r="N139" t="s">
+        <v>942</v>
+      </c>
+      <c r="O139" s="47"/>
+      <c r="P139" s="47"/>
+      <c r="Q139" s="47"/>
+      <c r="R139" s="47"/>
+      <c r="S139" s="47"/>
+      <c r="T139" s="47"/>
+    </row>
+    <row r="140" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" t="s">
         <v>46</v>
       </c>
       <c r="B140">
         <v>16</v>
       </c>
       <c r="C140" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D140" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E140" t="s">
-        <v>1040</v>
+        <v>934</v>
       </c>
       <c r="F140">
         <v>2</v>
       </c>
       <c r="G140">
         <v>2024</v>
       </c>
       <c r="H140" t="s">
-        <v>1029</v>
+        <v>923</v>
       </c>
       <c r="I140" t="s">
         <v>39</v>
       </c>
       <c r="J140" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="K140" t="s">
-        <v>1096</v>
+        <v>989</v>
       </c>
       <c r="L140" t="s">
-        <v>818</v>
+        <v>1365</v>
       </c>
       <c r="M140" t="s">
-        <v>1041</v>
-[...8 lines deleted...]
-      <c r="S140" s="49"/>
+        <v>935</v>
+      </c>
+      <c r="N140" t="s">
+        <v>941</v>
+      </c>
+      <c r="O140" s="48"/>
+      <c r="P140" s="48"/>
+      <c r="Q140" s="48"/>
+      <c r="R140" s="48"/>
+      <c r="S140" s="48"/>
       <c r="T140" s="16"/>
     </row>
-    <row r="141" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" t="s">
         <v>46</v>
       </c>
       <c r="B141">
         <v>16</v>
       </c>
       <c r="C141" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D141" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E141" t="s">
-        <v>1042</v>
+        <v>936</v>
       </c>
       <c r="F141">
         <v>3</v>
       </c>
       <c r="G141">
         <v>2024</v>
       </c>
       <c r="H141" t="s">
-        <v>1043</v>
+        <v>937</v>
       </c>
       <c r="I141" t="s">
         <v>39</v>
       </c>
       <c r="J141" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="K141" t="s">
-        <v>1010</v>
+        <v>906</v>
       </c>
       <c r="L141" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="M141" t="s">
-        <v>1044</v>
-[...8 lines deleted...]
-      <c r="S141" s="49"/>
+        <v>938</v>
+      </c>
+      <c r="N141" s="67" t="s">
+        <v>943</v>
+      </c>
+      <c r="O141" s="48"/>
+      <c r="P141" s="48"/>
+      <c r="Q141" s="48"/>
+      <c r="R141" s="48"/>
+      <c r="S141" s="48"/>
       <c r="T141" s="16"/>
     </row>
-    <row r="142" spans="1:20" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" t="s">
         <v>46</v>
       </c>
       <c r="B142">
         <v>16</v>
       </c>
       <c r="C142" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D142" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E142" t="s">
-        <v>1045</v>
+        <v>939</v>
       </c>
       <c r="F142">
         <v>4</v>
       </c>
       <c r="G142">
         <v>2024</v>
       </c>
       <c r="H142" t="s">
-        <v>1043</v>
+        <v>937</v>
       </c>
       <c r="I142" t="s">
         <v>39</v>
       </c>
       <c r="J142" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="K142" t="s">
-        <v>1097</v>
+        <v>990</v>
       </c>
       <c r="L142" t="s">
-        <v>929</v>
+        <v>826</v>
       </c>
       <c r="M142" t="s">
-        <v>1046</v>
-[...16 lines deleted...]
-        <v>63</v>
+        <v>940</v>
+      </c>
+      <c r="N142" s="67" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="143" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B143" s="7">
+        <v>15</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D143" s="7">
+        <v>2</v>
       </c>
       <c r="E143" t="s">
-        <v>1055</v>
+        <v>948</v>
       </c>
       <c r="F143">
         <v>2</v>
       </c>
       <c r="G143">
         <v>2022</v>
       </c>
       <c r="H143" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="I143" t="s">
         <v>39</v>
       </c>
       <c r="J143" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K143" t="s">
-        <v>1098</v>
+        <v>991</v>
       </c>
       <c r="L143" t="s">
-        <v>1054</v>
+        <v>947</v>
       </c>
       <c r="M143" t="s">
-        <v>1056</v>
-[...6 lines deleted...]
-      <c r="A144" s="29" t="s">
+        <v>949</v>
+      </c>
+      <c r="N143" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="144" spans="1:20" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B144" s="7">
+        <v>15</v>
+      </c>
+      <c r="C144" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B144" s="13">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="D144" s="7">
+        <v>1</v>
       </c>
       <c r="E144" t="s">
-        <v>1088</v>
+        <v>981</v>
       </c>
       <c r="F144">
         <v>6</v>
       </c>
       <c r="G144">
         <v>2022</v>
       </c>
       <c r="H144" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="I144" t="s">
         <v>39</v>
       </c>
       <c r="J144" t="s">
         <v>37</v>
       </c>
       <c r="K144" t="s">
-        <v>1099</v>
+        <v>992</v>
       </c>
       <c r="L144" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M144" t="s">
-        <v>1089</v>
-[...6 lines deleted...]
-      <c r="A145" s="29" t="s">
+        <v>982</v>
+      </c>
+      <c r="N144" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="145" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B145" s="7">
+        <v>15</v>
+      </c>
+      <c r="C145" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="B145">
-[...6 lines deleted...]
-        <v>63</v>
+      <c r="D145" s="7">
+        <v>1</v>
       </c>
       <c r="E145" t="s">
-        <v>1091</v>
+        <v>984</v>
       </c>
       <c r="F145">
         <v>7</v>
       </c>
       <c r="G145">
         <v>2023</v>
       </c>
       <c r="H145" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="I145" t="s">
         <v>39</v>
       </c>
       <c r="J145" t="s">
         <v>37</v>
       </c>
       <c r="K145" t="s">
-        <v>1100</v>
+        <v>993</v>
       </c>
       <c r="L145" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M145" t="s">
-        <v>1101</v>
-[...16 lines deleted...]
-        <v>63</v>
+        <v>994</v>
+      </c>
+      <c r="N145" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="146" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B146" s="7">
+        <v>15</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D146" s="7">
+        <v>2</v>
       </c>
       <c r="E146" t="s">
-        <v>1102</v>
+        <v>995</v>
       </c>
       <c r="F146">
         <v>3</v>
       </c>
       <c r="G146">
         <v>2024</v>
       </c>
       <c r="H146" t="s">
-        <v>1043</v>
+        <v>937</v>
       </c>
       <c r="I146" t="s">
         <v>39</v>
       </c>
       <c r="J146" t="s">
         <v>37</v>
       </c>
       <c r="K146" t="s">
-        <v>1103</v>
+        <v>996</v>
       </c>
       <c r="L146" t="s">
-        <v>1104</v>
+        <v>1369</v>
       </c>
       <c r="M146" t="s">
-        <v>1105</v>
-[...5 lines deleted...]
-    <row r="147" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>997</v>
+      </c>
+      <c r="N146" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="147" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="8" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B147" s="9">
         <v>19</v>
       </c>
       <c r="C147" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D147" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E147" t="s">
-        <v>1114</v>
+        <v>1006</v>
       </c>
       <c r="F147">
         <v>1</v>
       </c>
       <c r="G147">
         <v>2023</v>
       </c>
       <c r="H147">
         <v>2023</v>
       </c>
       <c r="I147" t="s">
-        <v>39</v>
+        <v>120</v>
       </c>
       <c r="J147" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K147" s="9" t="s">
-        <v>1115</v>
+        <v>1007</v>
       </c>
       <c r="L147" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="M147" t="s">
-        <v>1116</v>
-[...5 lines deleted...]
-    <row r="148" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1008</v>
+      </c>
+      <c r="N147" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="148" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" t="s">
-        <v>1123</v>
+        <v>1012</v>
       </c>
       <c r="B148">
         <v>60</v>
       </c>
       <c r="C148" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D148" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E148" t="s">
-        <v>1124</v>
+        <v>1013</v>
       </c>
       <c r="F148">
         <v>1</v>
       </c>
       <c r="G148">
         <v>2025</v>
       </c>
       <c r="H148" t="s">
-        <v>1125</v>
+        <v>1014</v>
       </c>
       <c r="I148" t="s">
-        <v>39</v>
+        <v>120</v>
       </c>
       <c r="J148" t="s">
-        <v>1126</v>
+        <v>1015</v>
       </c>
       <c r="K148" s="9" t="s">
-        <v>1127</v>
+        <v>1016</v>
       </c>
       <c r="L148" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M148" t="s">
-        <v>1136</v>
-[...5 lines deleted...]
-    <row r="149" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1025</v>
+      </c>
+      <c r="N148" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="149" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B149">
         <v>25</v>
       </c>
       <c r="C149" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D149" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E149" t="s">
-        <v>1131</v>
+        <v>1020</v>
       </c>
       <c r="F149">
         <v>4</v>
       </c>
       <c r="G149">
         <v>2022</v>
       </c>
       <c r="H149" t="s">
-        <v>1132</v>
+        <v>1021</v>
       </c>
       <c r="I149" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
       <c r="J149" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K149" s="13" t="s">
-        <v>1133</v>
+        <v>1022</v>
       </c>
       <c r="L149" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M149" t="s">
-        <v>1135</v>
-[...5 lines deleted...]
-    <row r="150" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1024</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="150" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B150">
         <v>25</v>
       </c>
       <c r="C150" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D150" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E150" t="s">
-        <v>1137</v>
+        <v>1026</v>
       </c>
       <c r="F150">
         <v>5</v>
       </c>
       <c r="G150">
         <v>2024</v>
       </c>
       <c r="H150" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="I150" t="s">
-        <v>579</v>
+        <v>567</v>
       </c>
       <c r="J150" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K150" s="13" t="s">
-        <v>1138</v>
+        <v>1027</v>
       </c>
       <c r="L150" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="M150" t="s">
-        <v>1139</v>
-[...5 lines deleted...]
-    <row r="151" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1028</v>
+      </c>
+      <c r="N150" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="151" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B151">
         <v>25</v>
       </c>
       <c r="C151" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D151" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E151" t="s">
-        <v>1141</v>
+        <v>1030</v>
       </c>
       <c r="F151">
         <v>6</v>
       </c>
       <c r="G151">
         <v>2025</v>
       </c>
       <c r="H151" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="I151" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="J151" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K151" s="13" t="s">
-        <v>1144</v>
+        <v>1033</v>
       </c>
       <c r="L151" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M151" t="s">
-        <v>1145</v>
-[...5 lines deleted...]
-    <row r="152" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1034</v>
+      </c>
+      <c r="N151" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="152" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B152">
         <v>25</v>
       </c>
       <c r="C152" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D152" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E152" t="s">
-        <v>1148</v>
+        <v>1037</v>
       </c>
       <c r="F152">
         <v>7</v>
       </c>
       <c r="G152">
         <v>2025</v>
       </c>
       <c r="H152" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="I152" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="J152" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K152" s="13" t="s">
-        <v>1147</v>
+        <v>1036</v>
       </c>
       <c r="L152" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M152" t="s">
-        <v>1149</v>
-[...5 lines deleted...]
-    <row r="153" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1038</v>
+      </c>
+      <c r="N152" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="153" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B153">
         <v>25</v>
       </c>
       <c r="C153" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D153" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E153" t="s">
-        <v>1142</v>
+        <v>1031</v>
       </c>
       <c r="F153">
         <v>8</v>
       </c>
       <c r="G153">
         <v>2025</v>
       </c>
       <c r="H153" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="I153" t="s">
-        <v>1151</v>
+        <v>1040</v>
       </c>
       <c r="J153" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K153" s="13" t="s">
-        <v>1153</v>
+        <v>1042</v>
       </c>
       <c r="L153" t="s">
-        <v>1161</v>
+        <v>1365</v>
       </c>
       <c r="M153" t="s">
-        <v>1152</v>
-[...5 lines deleted...]
-    <row r="154" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1041</v>
+      </c>
+      <c r="N153" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="154" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B154">
         <v>25</v>
       </c>
       <c r="C154" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D154" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E154" t="s">
-        <v>1143</v>
+        <v>1032</v>
       </c>
       <c r="F154">
         <v>9</v>
       </c>
       <c r="G154">
         <v>2025</v>
       </c>
       <c r="H154" t="s">
-        <v>1125</v>
+        <v>1014</v>
       </c>
       <c r="I154" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="J154" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="K154" s="13" t="s">
-        <v>1159</v>
+        <v>1048</v>
       </c>
       <c r="L154" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="M154" t="s">
-        <v>1157</v>
-[...5 lines deleted...]
-    <row r="155" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1046</v>
+      </c>
+      <c r="N154" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="155" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="B155">
         <v>25</v>
       </c>
       <c r="C155" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D155" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E155" t="s">
-        <v>1156</v>
+        <v>1045</v>
       </c>
       <c r="F155">
         <v>10</v>
       </c>
       <c r="G155">
         <v>2025</v>
       </c>
       <c r="H155" t="s">
+        <v>1014</v>
+      </c>
+      <c r="I155" t="s">
+        <v>556</v>
+      </c>
+      <c r="J155" t="s">
+        <v>258</v>
+      </c>
+      <c r="K155" s="13" t="s">
+        <v>1049</v>
+      </c>
+      <c r="L155" t="s">
+        <v>173</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1047</v>
+      </c>
+      <c r="N155" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="156" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B156" s="64">
+        <v>26</v>
+      </c>
+      <c r="C156" t="s">
+        <v>62</v>
+      </c>
+      <c r="D156" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E156" s="65" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F156" s="64">
+        <v>1</v>
+      </c>
+      <c r="G156" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H156" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I156" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J156" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K156" s="65" t="s">
+        <v>1057</v>
+      </c>
+      <c r="L156" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M156" s="65" t="s">
+        <v>1058</v>
+      </c>
+      <c r="N156" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="157" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B157" s="64">
+        <v>26</v>
+      </c>
+      <c r="C157" t="s">
+        <v>62</v>
+      </c>
+      <c r="D157" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E157" s="65" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F157" s="64">
+        <v>2</v>
+      </c>
+      <c r="G157" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H157" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I157" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J157" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K157" s="65" t="s">
+        <v>1060</v>
+      </c>
+      <c r="L157" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M157" s="65" t="s">
+        <v>1061</v>
+      </c>
+      <c r="N157" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="158" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B158" s="64">
+        <v>26</v>
+      </c>
+      <c r="C158" t="s">
+        <v>62</v>
+      </c>
+      <c r="D158" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E158" s="65" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F158" s="64">
+        <v>3</v>
+      </c>
+      <c r="G158" s="64">
+        <v>2021</v>
+      </c>
+      <c r="H158" s="65" t="s">
+        <v>1063</v>
+      </c>
+      <c r="I158" s="65" t="s">
+        <v>1064</v>
+      </c>
+      <c r="J158" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K158" s="65" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L158" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M158" s="65" t="s">
+        <v>1066</v>
+      </c>
+      <c r="N158" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="159" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B159" s="64">
+        <v>26</v>
+      </c>
+      <c r="C159" t="s">
+        <v>62</v>
+      </c>
+      <c r="D159" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E159" s="65" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F159" s="64">
+        <v>4</v>
+      </c>
+      <c r="G159" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H159" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I159" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J159" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K159" s="65" t="s">
+        <v>1068</v>
+      </c>
+      <c r="L159" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M159" s="65" t="s">
+        <v>1069</v>
+      </c>
+      <c r="N159" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="160" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B160" s="64">
+        <v>26</v>
+      </c>
+      <c r="C160" t="s">
+        <v>62</v>
+      </c>
+      <c r="D160" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E160" s="65" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F160" s="64">
+        <v>5</v>
+      </c>
+      <c r="G160" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H160" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I160" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J160" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K160" s="65" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L160" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M160" s="65" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N160" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="161" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B161" s="64">
+        <v>26</v>
+      </c>
+      <c r="C161" t="s">
+        <v>62</v>
+      </c>
+      <c r="D161" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E161" s="65" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F161" s="64">
+        <v>6</v>
+      </c>
+      <c r="G161" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H161" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I161" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J161" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K161" s="65" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L161" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M161" s="65" t="s">
+        <v>1074</v>
+      </c>
+      <c r="N161" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="162" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B162" s="64">
+        <v>26</v>
+      </c>
+      <c r="C162" t="s">
+        <v>62</v>
+      </c>
+      <c r="D162" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E162" s="65" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F162" s="64">
+        <v>7</v>
+      </c>
+      <c r="G162" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H162" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I162" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J162" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K162" s="65" t="s">
+        <v>1076</v>
+      </c>
+      <c r="L162" s="65" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M162" s="65" t="s">
+        <v>1078</v>
+      </c>
+      <c r="N162" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="163" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B163" s="64">
+        <v>26</v>
+      </c>
+      <c r="C163" t="s">
+        <v>62</v>
+      </c>
+      <c r="D163" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E163" s="65" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F163" s="64">
+        <v>8</v>
+      </c>
+      <c r="G163" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H163" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I163" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J163" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K163" s="65" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L163" s="65" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M163" s="65" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N163" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="164" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B164" s="64">
+        <v>26</v>
+      </c>
+      <c r="C164" t="s">
+        <v>62</v>
+      </c>
+      <c r="D164" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E164" s="65" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F164" s="64">
+        <v>9</v>
+      </c>
+      <c r="G164" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H164" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I164" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J164" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K164" s="65" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L164" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M164" s="65" t="s">
+        <v>1084</v>
+      </c>
+      <c r="N164" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="165" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B165" s="64">
+        <v>26</v>
+      </c>
+      <c r="C165" t="s">
+        <v>62</v>
+      </c>
+      <c r="D165" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E165" s="65" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F165" s="64">
+        <v>10</v>
+      </c>
+      <c r="G165" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H165" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I165" s="65" t="s">
+        <v>567</v>
+      </c>
+      <c r="J165" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K165" s="65" t="s">
+        <v>1051</v>
+      </c>
+      <c r="L165" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M165" s="65" t="s">
+        <v>1086</v>
+      </c>
+      <c r="N165" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="166" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B166" s="64">
+        <v>26</v>
+      </c>
+      <c r="C166" t="s">
+        <v>62</v>
+      </c>
+      <c r="D166" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E166" s="65" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F166" s="64">
+        <v>11</v>
+      </c>
+      <c r="G166" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H166" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I166" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J166" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K166" s="65" t="s">
+        <v>1052</v>
+      </c>
+      <c r="L166" s="65" t="s">
+        <v>1088</v>
+      </c>
+      <c r="M166" s="65" t="s">
+        <v>1089</v>
+      </c>
+      <c r="N166" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="167" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B167" s="64">
+        <v>26</v>
+      </c>
+      <c r="C167" t="s">
+        <v>62</v>
+      </c>
+      <c r="D167" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E167" s="65" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F167" s="64">
+        <v>12</v>
+      </c>
+      <c r="G167" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H167" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I167" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J167" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K167" s="65" t="s">
+        <v>1052</v>
+      </c>
+      <c r="L167" s="65" t="s">
+        <v>173</v>
+      </c>
+      <c r="M167" s="65" t="s">
+        <v>1091</v>
+      </c>
+      <c r="N167" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="168" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B168" s="64">
+        <v>26</v>
+      </c>
+      <c r="C168" t="s">
+        <v>62</v>
+      </c>
+      <c r="D168" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E168" s="65" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F168" s="64">
+        <v>13</v>
+      </c>
+      <c r="G168" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H168" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I168" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J168" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K168" s="65" t="s">
+        <v>1052</v>
+      </c>
+      <c r="L168" s="65" t="s">
+        <v>173</v>
+      </c>
+      <c r="M168" s="65" t="s">
+        <v>1093</v>
+      </c>
+      <c r="N168" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="169" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B169" s="64">
+        <v>26</v>
+      </c>
+      <c r="C169" t="s">
+        <v>62</v>
+      </c>
+      <c r="D169" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E169" s="65" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F169" s="64">
+        <v>14</v>
+      </c>
+      <c r="G169" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H169" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I169" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J169" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K169" s="65" t="s">
+        <v>1052</v>
+      </c>
+      <c r="L169" s="65" t="s">
+        <v>425</v>
+      </c>
+      <c r="M169" s="65" t="s">
+        <v>1095</v>
+      </c>
+      <c r="N169" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="170" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B170" s="64">
+        <v>26</v>
+      </c>
+      <c r="C170" t="s">
+        <v>62</v>
+      </c>
+      <c r="D170" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E170" s="65" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F170" s="64">
+        <v>15</v>
+      </c>
+      <c r="G170" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H170" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I170" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J170" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K170" s="65" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L170" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M170" s="65" t="s">
+        <v>1097</v>
+      </c>
+      <c r="N170" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="171" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B171" s="64">
+        <v>26</v>
+      </c>
+      <c r="C171" t="s">
+        <v>62</v>
+      </c>
+      <c r="D171" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E171" s="65" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F171" s="64">
+        <v>16</v>
+      </c>
+      <c r="G171" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H171" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I171" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J171" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K171" s="65" t="s">
+        <v>1099</v>
+      </c>
+      <c r="L171" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M171" s="65" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N171" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="172" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B172" s="64">
+        <v>26</v>
+      </c>
+      <c r="C172" t="s">
+        <v>62</v>
+      </c>
+      <c r="D172" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E172" s="65" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F172" s="64">
+        <v>17</v>
+      </c>
+      <c r="G172" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H172" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I172" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J172" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K172" s="65" t="s">
+        <v>1102</v>
+      </c>
+      <c r="L172" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M172" s="65" t="s">
+        <v>1103</v>
+      </c>
+      <c r="N172" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="173" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B173" s="64">
+        <v>26</v>
+      </c>
+      <c r="C173" t="s">
+        <v>62</v>
+      </c>
+      <c r="D173" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E173" s="65" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F173" s="64">
+        <v>18</v>
+      </c>
+      <c r="G173" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H173" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I173" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J173" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K173" s="65" t="s">
+        <v>1105</v>
+      </c>
+      <c r="L173" s="65" t="s">
+        <v>266</v>
+      </c>
+      <c r="M173" s="65" t="s">
+        <v>1106</v>
+      </c>
+      <c r="N173" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="174" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B174" s="64">
+        <v>26</v>
+      </c>
+      <c r="C174" t="s">
+        <v>62</v>
+      </c>
+      <c r="D174" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E174" s="65" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F174" s="64">
+        <v>19</v>
+      </c>
+      <c r="G174" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H174" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I174" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J174" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K174" s="65" t="s">
+        <v>1102</v>
+      </c>
+      <c r="L174" s="65" t="s">
+        <v>266</v>
+      </c>
+      <c r="M174" s="65" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N174" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="175" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B175" s="64">
+        <v>26</v>
+      </c>
+      <c r="C175" t="s">
+        <v>62</v>
+      </c>
+      <c r="D175" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E175" s="65" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F175" s="64">
+        <v>20</v>
+      </c>
+      <c r="G175" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H175" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I175" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J175" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K175" s="65" t="s">
+        <v>1099</v>
+      </c>
+      <c r="L175" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="M175" s="65" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N175" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="176" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B176" s="64">
+        <v>26</v>
+      </c>
+      <c r="C176" t="s">
+        <v>62</v>
+      </c>
+      <c r="D176" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E176" s="65" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F176" s="64">
+        <v>21</v>
+      </c>
+      <c r="G176" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H176" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I176" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J176" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K176" s="65" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L176" s="65" t="s">
+        <v>426</v>
+      </c>
+      <c r="M176" s="65" t="s">
+        <v>1112</v>
+      </c>
+      <c r="N176" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="177" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B177" s="64">
+        <v>26</v>
+      </c>
+      <c r="C177" t="s">
+        <v>62</v>
+      </c>
+      <c r="D177" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E177" s="65" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F177" s="64">
+        <v>22</v>
+      </c>
+      <c r="G177" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H177" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I177" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J177" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K177" s="65" t="s">
+        <v>1114</v>
+      </c>
+      <c r="L177" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M177" s="65" t="s">
+        <v>1115</v>
+      </c>
+      <c r="N177" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="178" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B178" s="64">
+        <v>26</v>
+      </c>
+      <c r="C178" t="s">
+        <v>62</v>
+      </c>
+      <c r="D178" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E178" s="65" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F178" s="64">
+        <v>23</v>
+      </c>
+      <c r="G178" s="64">
+        <v>2018</v>
+      </c>
+      <c r="H178" s="65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I178" s="65" t="s">
+        <v>567</v>
+      </c>
+      <c r="J178" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K178" s="65" t="s">
+        <v>1114</v>
+      </c>
+      <c r="L178" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M178" s="65" t="s">
+        <v>1117</v>
+      </c>
+      <c r="N178" s="68" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="179" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B179" s="64">
+        <v>27</v>
+      </c>
+      <c r="C179" t="s">
+        <v>62</v>
+      </c>
+      <c r="D179" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E179" s="65" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F179" s="64">
+        <v>1</v>
+      </c>
+      <c r="G179" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H179" s="65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I179" s="65" t="s">
+        <v>555</v>
+      </c>
+      <c r="J179" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K179" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L179" s="65" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M179" s="65" t="s">
+        <v>1122</v>
+      </c>
+      <c r="N179" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="180" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B180" s="64">
+        <v>27</v>
+      </c>
+      <c r="C180" t="s">
+        <v>62</v>
+      </c>
+      <c r="D180" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E180" s="65" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F180" s="64">
+        <v>2</v>
+      </c>
+      <c r="G180" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H180" s="65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I180" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J180" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K180" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L180" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M180" s="65" t="s">
         <v>1125</v>
       </c>
-      <c r="I155" t="s">
-[...5 lines deleted...]
-      <c r="K155" s="13" t="s">
+      <c r="N180" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="181" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B181" s="64">
+        <v>27</v>
+      </c>
+      <c r="C181" t="s">
+        <v>62</v>
+      </c>
+      <c r="D181" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E181" s="65" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F181" s="64">
+        <v>3</v>
+      </c>
+      <c r="G181" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H181" s="65" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I181" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J181" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K181" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L181" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M181" s="65" t="s">
+        <v>1129</v>
+      </c>
+      <c r="N181" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="182" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B182" s="64">
+        <v>27</v>
+      </c>
+      <c r="C182" t="s">
+        <v>62</v>
+      </c>
+      <c r="D182" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E182" s="65" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F182" s="64">
+        <v>4</v>
+      </c>
+      <c r="G182" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H182" s="65" t="s">
+        <v>1131</v>
+      </c>
+      <c r="I182" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J182" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K182" s="65" t="s">
+        <v>1132</v>
+      </c>
+      <c r="L182" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M182" s="65" t="s">
+        <v>1133</v>
+      </c>
+      <c r="N182" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="183" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B183" s="64">
+        <v>27</v>
+      </c>
+      <c r="C183" t="s">
+        <v>62</v>
+      </c>
+      <c r="D183" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E183" s="65" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F183" s="64">
+        <v>5</v>
+      </c>
+      <c r="G183" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H183" s="65" t="s">
+        <v>1135</v>
+      </c>
+      <c r="I183" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J183" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K183" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L183" s="65" t="s">
+        <v>426</v>
+      </c>
+      <c r="M183" s="65" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N183" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="184" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B184" s="64">
+        <v>27</v>
+      </c>
+      <c r="C184" t="s">
+        <v>62</v>
+      </c>
+      <c r="D184" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E184" s="65" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F184" s="64">
+        <v>6</v>
+      </c>
+      <c r="G184" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H184" s="65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I184" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J184" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K184" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L184" s="65" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M184" s="65" t="s">
+        <v>1138</v>
+      </c>
+      <c r="N184" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="185" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B185" s="64">
+        <v>27</v>
+      </c>
+      <c r="C185" t="s">
+        <v>62</v>
+      </c>
+      <c r="D185" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E185" s="65" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F185" s="64">
+        <v>7</v>
+      </c>
+      <c r="G185" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H185" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I185" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J185" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K185" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L185" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M185" s="65" t="s">
+        <v>1141</v>
+      </c>
+      <c r="N185" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="186" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B186" s="64">
+        <v>27</v>
+      </c>
+      <c r="C186" t="s">
+        <v>62</v>
+      </c>
+      <c r="D186" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E186" s="65" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F186" s="64">
+        <v>8</v>
+      </c>
+      <c r="G186" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H186" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I186" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J186" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K186" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L186" s="65" t="s">
+        <v>1128</v>
+      </c>
+      <c r="M186" s="65" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N186" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="187" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B187" s="64">
+        <v>27</v>
+      </c>
+      <c r="C187" t="s">
+        <v>62</v>
+      </c>
+      <c r="D187" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E187" s="65" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F187" s="64">
+        <v>9</v>
+      </c>
+      <c r="G187" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H187" s="65" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I187" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J187" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K187" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L187" s="65" t="s">
+        <v>173</v>
+      </c>
+      <c r="M187" s="65" t="s">
+        <v>1146</v>
+      </c>
+      <c r="N187" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="188" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B188" s="64">
+        <v>27</v>
+      </c>
+      <c r="C188" t="s">
+        <v>62</v>
+      </c>
+      <c r="D188" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E188" s="65" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F188" s="64">
+        <v>10</v>
+      </c>
+      <c r="G188" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H188" s="65" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I188" s="65" t="s">
+        <v>1064</v>
+      </c>
+      <c r="J188" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K188" s="65" t="s">
+        <v>1149</v>
+      </c>
+      <c r="L188" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M188" s="65" t="s">
+        <v>1150</v>
+      </c>
+      <c r="N188" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="189" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B189" s="64">
+        <v>27</v>
+      </c>
+      <c r="C189" t="s">
+        <v>62</v>
+      </c>
+      <c r="D189" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E189" s="65" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F189" s="64">
+        <v>11</v>
+      </c>
+      <c r="G189" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H189" s="65" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I189" s="65" t="s">
+        <v>1064</v>
+      </c>
+      <c r="J189" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K189" s="65" t="s">
+        <v>1149</v>
+      </c>
+      <c r="L189" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M189" s="65" t="s">
+        <v>1153</v>
+      </c>
+      <c r="N189" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="190" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B190" s="64">
+        <v>27</v>
+      </c>
+      <c r="C190" t="s">
+        <v>62</v>
+      </c>
+      <c r="D190" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E190" s="65" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F190" s="64">
+        <v>12</v>
+      </c>
+      <c r="G190" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H190" s="65" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I190" s="65" t="s">
+        <v>1064</v>
+      </c>
+      <c r="J190" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K190" s="65" t="s">
+        <v>1156</v>
+      </c>
+      <c r="L190" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M190" s="65" t="s">
+        <v>1157</v>
+      </c>
+      <c r="N190" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="191" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B191" s="64">
+        <v>27</v>
+      </c>
+      <c r="C191" t="s">
+        <v>62</v>
+      </c>
+      <c r="D191" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E191" s="65" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F191" s="64">
+        <v>13</v>
+      </c>
+      <c r="G191" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H191" s="65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I191" s="65" t="s">
+        <v>120</v>
+      </c>
+      <c r="J191" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K191" s="65" t="s">
+        <v>1159</v>
+      </c>
+      <c r="L191" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M191" s="65" t="s">
         <v>1160</v>
       </c>
-      <c r="L155" t="s">
-[...10 lines deleted...]
-      <c r="A156" s="68" t="s">
+      <c r="N191" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="192" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B192" s="64">
+        <v>27</v>
+      </c>
+      <c r="C192" t="s">
+        <v>62</v>
+      </c>
+      <c r="D192" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E192" s="65" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F192" s="64">
+        <v>14</v>
+      </c>
+      <c r="G192" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H192" s="65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I192" s="65" t="s">
+        <v>567</v>
+      </c>
+      <c r="J192" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K192" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L192" s="65" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M192" s="65" t="s">
+        <v>1161</v>
+      </c>
+      <c r="N192" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="193" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B193" s="64">
+        <v>27</v>
+      </c>
+      <c r="C193" t="s">
+        <v>62</v>
+      </c>
+      <c r="D193" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E193" s="65" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F193" s="64">
+        <v>15</v>
+      </c>
+      <c r="G193" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H193" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I193" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J193" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K193" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L193" s="65" t="s">
+        <v>426</v>
+      </c>
+      <c r="M193" s="65" t="s">
+        <v>1163</v>
+      </c>
+      <c r="N193" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="194" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B194" s="64">
+        <v>27</v>
+      </c>
+      <c r="C194" t="s">
+        <v>62</v>
+      </c>
+      <c r="D194" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E194" s="65" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F194" s="64">
+        <v>16</v>
+      </c>
+      <c r="G194" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H194" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I194" s="65" t="s">
+        <v>556</v>
+      </c>
+      <c r="J194" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K194" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L194" s="65" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M194" s="65" t="s">
+        <v>1165</v>
+      </c>
+      <c r="N194" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="195" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B195" s="64">
+        <v>27</v>
+      </c>
+      <c r="C195" t="s">
+        <v>62</v>
+      </c>
+      <c r="D195" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E195" s="65" t="s">
         <v>1166</v>
       </c>
-      <c r="B156" s="67">
-[...8 lines deleted...]
-      <c r="E156" s="68" t="s">
+      <c r="F195" s="64">
+        <v>17</v>
+      </c>
+      <c r="G195" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H195" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I195" s="65" t="s">
+        <v>1040</v>
+      </c>
+      <c r="J195" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K195" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L195" s="65" t="s">
+        <v>1152</v>
+      </c>
+      <c r="M195" s="65" t="s">
         <v>1167</v>
       </c>
-      <c r="F156" s="67">
+      <c r="N195" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="196" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B196" s="64">
+        <v>27</v>
+      </c>
+      <c r="C196" t="s">
+        <v>62</v>
+      </c>
+      <c r="D196" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E196" s="65" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F196" s="64">
+        <v>18</v>
+      </c>
+      <c r="G196" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H196" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I196" s="65" t="s">
+        <v>1040</v>
+      </c>
+      <c r="J196" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K196" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L196" s="65" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M196" s="65" t="s">
+        <v>1170</v>
+      </c>
+      <c r="N196" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="197" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B197" s="64">
+        <v>27</v>
+      </c>
+      <c r="C197" t="s">
+        <v>62</v>
+      </c>
+      <c r="D197" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E197" s="65" t="s">
+        <v>1171</v>
+      </c>
+      <c r="F197" s="64">
+        <v>19</v>
+      </c>
+      <c r="G197" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H197" s="65" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I197" s="65" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J197" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K197" s="65" t="s">
+        <v>1187</v>
+      </c>
+      <c r="L197" s="65" t="s">
+        <v>1173</v>
+      </c>
+      <c r="M197" s="65" t="s">
+        <v>1174</v>
+      </c>
+      <c r="N197" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="198" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B198" s="64">
+        <v>27</v>
+      </c>
+      <c r="C198" t="s">
+        <v>62</v>
+      </c>
+      <c r="D198" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E198" s="65" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F198" s="64">
+        <v>20</v>
+      </c>
+      <c r="G198" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H198" s="65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I198" s="65" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J198" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K198" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L198" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M198" s="65" t="s">
+        <v>1177</v>
+      </c>
+      <c r="N198" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="199" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B199" s="64">
+        <v>27</v>
+      </c>
+      <c r="C199" t="s">
+        <v>62</v>
+      </c>
+      <c r="D199" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E199" s="65" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F199" s="64">
+        <v>21</v>
+      </c>
+      <c r="G199" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H199" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I199" s="65" t="s">
+        <v>1179</v>
+      </c>
+      <c r="J199" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K199" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L199" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M199" s="65" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N199" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="200" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B200" s="64">
+        <v>27</v>
+      </c>
+      <c r="C200" t="s">
+        <v>62</v>
+      </c>
+      <c r="D200" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E200" s="65" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F200" s="64">
+        <v>22</v>
+      </c>
+      <c r="G200" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H200" s="65" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I200" s="65" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J200" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K200" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L200" s="65" t="s">
+        <v>295</v>
+      </c>
+      <c r="M200" s="65" t="s">
+        <v>1183</v>
+      </c>
+      <c r="N200" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="201" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="65" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B201" s="64">
+        <v>27</v>
+      </c>
+      <c r="C201" t="s">
+        <v>62</v>
+      </c>
+      <c r="D201" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E201" s="65" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F201" s="64">
+        <v>23</v>
+      </c>
+      <c r="G201" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H201" s="65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I201" s="65" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J201" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K201" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L201" s="65" t="s">
+        <v>425</v>
+      </c>
+      <c r="M201" s="65" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N201" s="65" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="202" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="60" t="s">
+        <v>980</v>
+      </c>
+      <c r="B202" s="64">
+        <v>28</v>
+      </c>
+      <c r="C202" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D202" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E202" s="65" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F202" s="64">
         <v>1</v>
       </c>
-      <c r="G156" s="67">
-[...8 lines deleted...]
-      <c r="J156" s="68" t="s">
+      <c r="G202" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H202" s="65" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I202" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J202" s="65" t="s">
         <v>37</v>
       </c>
-      <c r="K156" s="68" t="s">
-[...2 lines deleted...]
-      <c r="L156" s="68" t="s">
+      <c r="K202" s="65" t="s">
+        <v>920</v>
+      </c>
+      <c r="L202" s="65" t="s">
+        <v>1371</v>
+      </c>
+      <c r="M202" s="65" t="s">
+        <v>1191</v>
+      </c>
+      <c r="N202" s="65" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="203" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="60" t="s">
+        <v>980</v>
+      </c>
+      <c r="B203" s="64">
+        <v>28</v>
+      </c>
+      <c r="C203" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D203" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E203" s="65" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F203" s="64">
+        <v>2</v>
+      </c>
+      <c r="G203" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H203" s="65" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I203" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J203" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K203" s="65" t="s">
+        <v>179</v>
+      </c>
+      <c r="L203" s="65" t="s">
+        <v>173</v>
+      </c>
+      <c r="M203" s="65" t="s">
+        <v>1192</v>
+      </c>
+      <c r="N203" s="65" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="204" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="60" t="s">
+        <v>980</v>
+      </c>
+      <c r="B204" s="64">
+        <v>28</v>
+      </c>
+      <c r="C204" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D204" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E204" s="65" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F204" s="64">
+        <v>3</v>
+      </c>
+      <c r="G204" s="64">
+        <v>2023</v>
+      </c>
+      <c r="H204" s="65" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I204" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J204" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="K204" s="65" t="s">
+        <v>1209</v>
+      </c>
+      <c r="L204" s="65" t="s">
+        <v>426</v>
+      </c>
+      <c r="M204" s="65" t="s">
+        <v>1193</v>
+      </c>
+      <c r="N204" s="65" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="205" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="60" t="s">
+        <v>980</v>
+      </c>
+      <c r="B205" s="64">
+        <v>28</v>
+      </c>
+      <c r="C205" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D205" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E205" s="65" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F205" s="64">
         <v>4</v>
       </c>
-      <c r="M156" s="68" t="s">
-[...154 lines deleted...]
-      <c r="F160" s="67">
+      <c r="G205" s="64">
+        <v>2022</v>
+      </c>
+      <c r="H205" s="65" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I205" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J205" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K205" s="65" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L205" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M205" s="65" t="s">
+        <v>1196</v>
+      </c>
+      <c r="N205" s="65" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="206" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="60" t="s">
+        <v>980</v>
+      </c>
+      <c r="B206" s="64">
+        <v>28</v>
+      </c>
+      <c r="C206" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D206" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E206" s="65" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F206" s="64">
         <v>5</v>
       </c>
-      <c r="G160" s="67">
-[...40 lines deleted...]
-      <c r="F161" s="67">
+      <c r="G206" s="64">
+        <v>2022</v>
+      </c>
+      <c r="H206" s="65" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I206" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J206" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K206" s="65" t="s">
+        <v>1197</v>
+      </c>
+      <c r="L206" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M206" s="65" t="s">
+        <v>1198</v>
+      </c>
+      <c r="N206" s="65" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="207" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="60" t="s">
+        <v>980</v>
+      </c>
+      <c r="B207" s="64">
+        <v>28</v>
+      </c>
+      <c r="C207" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D207" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E207" s="65" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F207" s="64">
         <v>6</v>
       </c>
-      <c r="G161" s="67">
-[...105 lines deleted...]
-      <c r="M163" s="68" t="s">
+      <c r="G207" s="64">
+        <v>2022</v>
+      </c>
+      <c r="H207" s="65" t="s">
         <v>1194</v>
       </c>
-      <c r="N163" s="73" t="s">
-[...104 lines deleted...]
-      <c r="E166" s="68" t="s">
+      <c r="I207" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J207" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K207" s="65" t="s">
         <v>1199</v>
       </c>
-      <c r="F166" s="67">
-[...17 lines deleted...]
-      <c r="L166" s="68" t="s">
+      <c r="L207" s="65" t="s">
+        <v>285</v>
+      </c>
+      <c r="M207" s="65" t="s">
         <v>1200</v>
       </c>
-      <c r="M166" s="68" t="s">
-[...213 lines deleted...]
-      <c r="K171" s="68" t="s">
+      <c r="N207" s="65" t="s">
         <v>1211</v>
       </c>
-      <c r="L171" s="68" t="s">
-[...1593 lines deleted...]
-    <row r="208" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="208" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="8" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="B208" s="9">
         <v>31</v>
       </c>
-      <c r="C208" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F208" s="67">
+      <c r="C208" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D208" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E208" s="65" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F208" s="64">
         <v>1</v>
       </c>
-      <c r="G208" s="67">
+      <c r="G208" s="64">
         <v>2014</v>
       </c>
-      <c r="H208" s="68" t="s">
-[...5 lines deleted...]
-      <c r="J208" s="68" t="s">
+      <c r="H208" s="65" t="s">
+        <v>1267</v>
+      </c>
+      <c r="I208" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J208" s="65" t="s">
         <v>37</v>
       </c>
-      <c r="K208" s="68" t="s">
-[...12 lines deleted...]
-    <row r="209" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K208" s="65" t="s">
+        <v>1212</v>
+      </c>
+      <c r="L208" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M208" s="65" t="s">
+        <v>1213</v>
+      </c>
+      <c r="N208" s="65" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="209" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="6" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B209" s="7">
         <v>30</v>
       </c>
-      <c r="C209" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F209" s="67">
+      <c r="C209" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D209" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E209" s="65" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F209" s="64">
         <v>1</v>
       </c>
-      <c r="G209" s="67">
+      <c r="G209" s="64">
         <v>2018</v>
       </c>
-      <c r="H209" s="68" t="s">
-[...5 lines deleted...]
-      <c r="J209" s="68" t="s">
+      <c r="H209" s="65" t="s">
+        <v>184</v>
+      </c>
+      <c r="I209" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J209" s="65" t="s">
         <v>37</v>
       </c>
-      <c r="K209" s="68" t="s">
-[...12 lines deleted...]
-    <row r="210" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K209" s="65" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L209" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M209" s="65" t="s">
+        <v>1215</v>
+      </c>
+      <c r="N209" s="65" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="210" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="6" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B210" s="7">
         <v>30</v>
       </c>
-      <c r="C210" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F210" s="67">
+      <c r="C210" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D210" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E210" s="65" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F210" s="64">
         <v>3</v>
       </c>
-      <c r="G210" s="67">
+      <c r="G210" s="64">
         <v>2019</v>
       </c>
-      <c r="H210" s="68" t="s">
-[...5 lines deleted...]
-      <c r="J210" s="68" t="s">
+      <c r="H210" s="65" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I210" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J210" s="65" t="s">
         <v>37</v>
       </c>
-      <c r="K210" s="68" t="s">
-[...12 lines deleted...]
-    <row r="211" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K210" s="65" t="s">
+        <v>1214</v>
+      </c>
+      <c r="L210" s="65" t="s">
+        <v>173</v>
+      </c>
+      <c r="M210" s="65" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N210" s="65" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="211" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="6" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B211" s="7">
         <v>30</v>
       </c>
-      <c r="C211" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F211" s="67">
+      <c r="C211" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D211" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E211" s="65" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F211" s="64">
         <v>4</v>
       </c>
-      <c r="G211" s="67">
+      <c r="G211" s="64">
         <v>2019</v>
       </c>
-      <c r="H211" s="68" t="s">
-[...5 lines deleted...]
-      <c r="J211" s="68" t="s">
+      <c r="H211" s="65" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I211" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J211" s="65" t="s">
         <v>37</v>
       </c>
-      <c r="K211" s="68" t="s">
-[...12 lines deleted...]
-    <row r="212" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K211" s="65" t="s">
+        <v>1217</v>
+      </c>
+      <c r="L211" s="65" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M211" s="65" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N211" s="65" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="212" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="6" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B212" s="7">
         <v>30</v>
       </c>
-      <c r="C212" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F212" s="67">
+      <c r="C212" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D212" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E212" s="65" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F212" s="64">
         <v>5</v>
       </c>
-      <c r="G212" s="67">
+      <c r="G212" s="64">
         <v>2019</v>
       </c>
-      <c r="H212" s="68" t="s">
-[...5 lines deleted...]
-      <c r="J212" s="68" t="s">
+      <c r="H212" s="65" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I212" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J212" s="65" t="s">
         <v>37</v>
       </c>
-      <c r="K212" s="68" t="s">
-[...12 lines deleted...]
-    <row r="213" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K212" s="65" t="s">
+        <v>1220</v>
+      </c>
+      <c r="L212" s="65" t="s">
+        <v>1221</v>
+      </c>
+      <c r="M212" s="65" t="s">
+        <v>1222</v>
+      </c>
+      <c r="N212" s="65" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="213" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="6" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
       <c r="B213" s="7">
         <v>30</v>
       </c>
-      <c r="C213" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F213" s="67">
+      <c r="C213" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D213" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E213" s="65" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F213" s="64">
         <v>6</v>
       </c>
-      <c r="G213" s="67">
+      <c r="G213" s="64">
         <v>2019</v>
       </c>
-      <c r="H213" s="68" t="s">
-[...5 lines deleted...]
-      <c r="J213" s="68" t="s">
+      <c r="H213" s="65" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I213" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="J213" s="65" t="s">
         <v>37</v>
       </c>
-      <c r="K213" s="68" t="s">
-[...12 lines deleted...]
-    <row r="214" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K213" s="65" t="s">
+        <v>1223</v>
+      </c>
+      <c r="L213" s="65" t="s">
+        <v>166</v>
+      </c>
+      <c r="M213" s="65" t="s">
+        <v>1224</v>
+      </c>
+      <c r="N213" s="65" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="214" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="6" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="B214" s="68">
+        <v>196</v>
+      </c>
+      <c r="B214" s="65">
         <v>32</v>
       </c>
-      <c r="C214" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F214" s="67">
+      <c r="C214" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D214" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E214" s="65" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F214" s="64">
         <v>1</v>
       </c>
-      <c r="G214" s="67">
+      <c r="G214" s="64">
         <v>2024</v>
       </c>
-      <c r="H214" s="68" t="s">
-[...21 lines deleted...]
-    <row r="215" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H214" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I214" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J214" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K214" s="65" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L214" s="65" t="s">
+        <v>1288</v>
+      </c>
+      <c r="M214" s="65" t="s">
+        <v>1238</v>
+      </c>
+      <c r="N214" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="215" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="6" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="B215" s="68">
+        <v>196</v>
+      </c>
+      <c r="B215" s="65">
         <v>32</v>
       </c>
-      <c r="C215" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F215" s="67">
+      <c r="C215" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D215" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E215" s="65" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F215" s="64">
         <v>2</v>
       </c>
-      <c r="G215" s="67">
+      <c r="G215" s="64">
         <v>2024</v>
       </c>
-      <c r="H215" s="68" t="s">
-[...21 lines deleted...]
-    <row r="216" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H215" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I215" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J215" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K215" s="65" t="s">
+        <v>1270</v>
+      </c>
+      <c r="L215" s="65" t="s">
+        <v>1372</v>
+      </c>
+      <c r="M215" s="65" t="s">
+        <v>1240</v>
+      </c>
+      <c r="N215" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="216" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="6" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="B216" s="68">
+        <v>196</v>
+      </c>
+      <c r="B216" s="65">
         <v>32</v>
       </c>
-      <c r="C216" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F216" s="67">
+      <c r="C216" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D216" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E216" s="65" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F216" s="64">
         <v>3</v>
       </c>
-      <c r="G216" s="67">
+      <c r="G216" s="64">
         <v>2024</v>
       </c>
-      <c r="H216" s="68" t="s">
-[...21 lines deleted...]
-    <row r="217" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H216" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I216" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J216" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K216" s="65" t="s">
+        <v>1271</v>
+      </c>
+      <c r="L216" s="65" t="s">
+        <v>456</v>
+      </c>
+      <c r="M216" s="65" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N216" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="217" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="6" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="B217" s="68">
+        <v>196</v>
+      </c>
+      <c r="B217" s="65">
         <v>32</v>
       </c>
-      <c r="C217" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F217" s="67">
+      <c r="C217" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D217" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E217" s="65" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F217" s="64">
         <v>4</v>
       </c>
-      <c r="G217" s="67">
+      <c r="G217" s="64">
         <v>2024</v>
       </c>
-      <c r="H217" s="68" t="s">
-[...21 lines deleted...]
-    <row r="218" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H217" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I217" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J217" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K217" s="65" t="s">
+        <v>1272</v>
+      </c>
+      <c r="L217" s="65" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M217" s="65" t="s">
+        <v>1244</v>
+      </c>
+      <c r="N217" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="218" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="6" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="B218" s="68">
+        <v>196</v>
+      </c>
+      <c r="B218" s="65">
         <v>32</v>
       </c>
-      <c r="C218" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F218" s="67">
+      <c r="C218" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D218" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E218" s="65" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F218" s="64">
         <v>5</v>
       </c>
-      <c r="G218" s="67">
+      <c r="G218" s="64">
         <v>2024</v>
       </c>
-      <c r="H218" s="68" t="s">
-[...21 lines deleted...]
-    <row r="219" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H218" s="65" t="s">
+        <v>410</v>
+      </c>
+      <c r="I218" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J218" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K218" s="65" t="s">
+        <v>1273</v>
+      </c>
+      <c r="L218" s="65" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M218" s="65" t="s">
+        <v>1246</v>
+      </c>
+      <c r="N218" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="219" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="6" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="B219" s="68">
+        <v>196</v>
+      </c>
+      <c r="B219" s="65">
         <v>32</v>
       </c>
-      <c r="C219" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F219" s="67">
+      <c r="C219" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D219" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E219" s="65" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F219" s="64">
         <v>6</v>
       </c>
-      <c r="G219" s="67">
+      <c r="G219" s="64">
         <v>2024</v>
       </c>
-      <c r="H219" s="68" t="s">
-[...21 lines deleted...]
-    <row r="220" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H219" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I219" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J219" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K219" s="65" t="s">
+        <v>1274</v>
+      </c>
+      <c r="L219" s="65" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M219" s="65" t="s">
+        <v>1248</v>
+      </c>
+      <c r="N219" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="220" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="6" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="B220" s="68">
+        <v>196</v>
+      </c>
+      <c r="B220" s="65">
         <v>32</v>
       </c>
-      <c r="C220" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F220" s="67">
+      <c r="C220" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D220" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E220" s="65" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F220" s="64">
         <v>7</v>
       </c>
-      <c r="G220" s="67">
+      <c r="G220" s="64">
         <v>2024</v>
       </c>
-      <c r="H220" s="68" t="s">
-[...21 lines deleted...]
-    <row r="221" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H220" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I220" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J220" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K220" s="65" t="s">
+        <v>1275</v>
+      </c>
+      <c r="L220" s="65" t="s">
+        <v>1290</v>
+      </c>
+      <c r="M220" s="65" t="s">
+        <v>1250</v>
+      </c>
+      <c r="N220" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="221" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="6" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="B221" s="68">
+        <v>196</v>
+      </c>
+      <c r="B221" s="65">
         <v>32</v>
       </c>
-      <c r="C221" s="68" t="s">
-[...5 lines deleted...]
-      <c r="E221" s="68" t="s">
+      <c r="C221" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D221" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E221" s="65" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F221" s="64">
+        <v>8</v>
+      </c>
+      <c r="G221" s="64">
+        <v>2024</v>
+      </c>
+      <c r="H221" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I221" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J221" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K221" s="65" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L221" s="65" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M221" s="65" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N221" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="222" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B222" s="65">
+        <v>32</v>
+      </c>
+      <c r="C222" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D222" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E222" s="65" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F222" s="64">
+        <v>9</v>
+      </c>
+      <c r="G222" s="64">
+        <v>2024</v>
+      </c>
+      <c r="H222" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I222" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J222" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K222" s="65" t="s">
+        <v>1277</v>
+      </c>
+      <c r="L222" s="65" t="s">
         <v>1373</v>
       </c>
-      <c r="F221" s="67">
-[...2 lines deleted...]
-      <c r="G221" s="67">
+      <c r="M222" s="65" t="s">
+        <v>1254</v>
+      </c>
+      <c r="N222" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="223" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B223" s="65">
+        <v>32</v>
+      </c>
+      <c r="C223" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D223" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E223" s="65" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F223" s="64">
+        <v>10</v>
+      </c>
+      <c r="G223" s="64">
         <v>2024</v>
       </c>
-      <c r="H221" s="68" t="s">
-[...14 lines deleted...]
-      <c r="M221" s="68" t="s">
+      <c r="H223" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I223" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J223" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K223" s="65" t="s">
+        <v>1278</v>
+      </c>
+      <c r="L223" s="65" t="s">
+        <v>1290</v>
+      </c>
+      <c r="M223" s="65" t="s">
+        <v>1256</v>
+      </c>
+      <c r="N223" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="224" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B224" s="65">
+        <v>32</v>
+      </c>
+      <c r="C224" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D224" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E224" s="65" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F224" s="64">
+        <v>11</v>
+      </c>
+      <c r="G224" s="64">
+        <v>2024</v>
+      </c>
+      <c r="H224" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I224" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J224" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K224" s="65" t="s">
+        <v>1279</v>
+      </c>
+      <c r="L224" s="65" t="s">
         <v>1374</v>
       </c>
-      <c r="N221" s="68" t="s">
-[...7 lines deleted...]
-      <c r="B222" s="68">
+      <c r="M224" s="65" t="s">
+        <v>1258</v>
+      </c>
+      <c r="N224" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="225" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B225" s="65">
         <v>32</v>
       </c>
-      <c r="C222" s="68" t="s">
-[...5 lines deleted...]
-      <c r="E222" s="68" t="s">
+      <c r="C225" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D225" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E225" s="65" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F225" s="64">
+        <v>12</v>
+      </c>
+      <c r="G225" s="64">
+        <v>2024</v>
+      </c>
+      <c r="H225" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I225" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J225" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K225" s="65" t="s">
+        <v>1280</v>
+      </c>
+      <c r="L225" s="65" t="s">
+        <v>1088</v>
+      </c>
+      <c r="M225" s="65" t="s">
+        <v>1260</v>
+      </c>
+      <c r="N225" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="226" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B226" s="65">
+        <v>32</v>
+      </c>
+      <c r="C226" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D226" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E226" s="65" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F226" s="64">
+        <v>13</v>
+      </c>
+      <c r="G226" s="64">
+        <v>2024</v>
+      </c>
+      <c r="H226" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I226" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J226" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K226" s="65" t="s">
+        <v>1281</v>
+      </c>
+      <c r="L226" s="65" t="s">
+        <v>173</v>
+      </c>
+      <c r="M226" s="65" t="s">
+        <v>1262</v>
+      </c>
+      <c r="N226" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="227" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B227" s="65">
+        <v>32</v>
+      </c>
+      <c r="C227" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D227" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E227" s="65" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F227" s="64">
+        <v>14</v>
+      </c>
+      <c r="G227" s="64">
+        <v>2024</v>
+      </c>
+      <c r="H227" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I227" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J227" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K227" s="65" t="s">
+        <v>1282</v>
+      </c>
+      <c r="L227" s="65" t="s">
         <v>1375</v>
       </c>
-      <c r="F222" s="67">
-[...2 lines deleted...]
-      <c r="G222" s="67">
+      <c r="M227" s="65" t="s">
+        <v>1264</v>
+      </c>
+      <c r="N227" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="228" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B228" s="65">
+        <v>32</v>
+      </c>
+      <c r="C228" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D228" s="64" t="s">
+        <v>62</v>
+      </c>
+      <c r="E228" s="65" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F228" s="64">
+        <v>15</v>
+      </c>
+      <c r="G228" s="64">
         <v>2024</v>
       </c>
-      <c r="H222" s="68" t="s">
-[...285 lines deleted...]
-    <row r="229" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H228" s="65" t="s">
+        <v>94</v>
+      </c>
+      <c r="I228" s="65" t="s">
+        <v>558</v>
+      </c>
+      <c r="J228" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K228" s="65" t="s">
+        <v>1283</v>
+      </c>
+      <c r="L228" s="65" t="s">
+        <v>1291</v>
+      </c>
+      <c r="M228" s="65" t="s">
+        <v>1266</v>
+      </c>
+      <c r="N228" s="65" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="229" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="8" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="B229" s="9">
         <v>35</v>
       </c>
       <c r="C229" s="7" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="D229" s="7">
         <v>1</v>
       </c>
       <c r="E229" s="7" t="s">
-        <v>1408</v>
+        <v>1286</v>
       </c>
       <c r="F229" s="7">
         <v>1</v>
       </c>
-      <c r="G229" s="67">
+      <c r="G229" s="64">
         <v>2022</v>
       </c>
-      <c r="H229" s="68" t="s">
-[...15 lines deleted...]
-        <v>1421</v>
+      <c r="H229" s="65" t="s">
+        <v>117</v>
+      </c>
+      <c r="I229" s="65" t="s">
+        <v>559</v>
+      </c>
+      <c r="J229" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K229" s="65" t="s">
+        <v>1287</v>
+      </c>
+      <c r="L229" s="65" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M229" s="65" t="s">
+        <v>1292</v>
       </c>
       <c r="N229" t="s">
-        <v>1407</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="230" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B230" s="68">
+        <v>357</v>
+      </c>
+      <c r="B230" s="65">
         <v>49</v>
       </c>
-      <c r="C230" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F230" s="68">
+      <c r="C230" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D230" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E230" s="65" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F230" s="65">
         <v>1</v>
       </c>
-      <c r="G230" s="68">
+      <c r="G230" s="65">
         <v>2024</v>
       </c>
-      <c r="H230" s="68" t="s">
-[...11 lines deleted...]
-      <c r="L230" s="68" t="s">
+      <c r="H230" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I230" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J230" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K230" s="69" t="s">
+        <v>1319</v>
+      </c>
+      <c r="L230" s="65" t="s">
         <v>4</v>
       </c>
-      <c r="M230" s="68" t="s">
-[...6 lines deleted...]
-    <row r="231" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M230" s="65" t="s">
+        <v>1296</v>
+      </c>
+      <c r="N230" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="231" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B231" s="68">
+        <v>357</v>
+      </c>
+      <c r="B231" s="65">
         <v>49</v>
       </c>
-      <c r="C231" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F231" s="68">
+      <c r="C231" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D231" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E231" s="65" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F231" s="65">
         <v>2</v>
       </c>
-      <c r="G231" s="68">
+      <c r="G231" s="65">
         <v>2024</v>
       </c>
-      <c r="H231" s="68" t="s">
-[...21 lines deleted...]
-    <row r="232" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H231" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I231" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J231" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K231" s="69" t="s">
+        <v>1320</v>
+      </c>
+      <c r="L231" s="65" t="s">
+        <v>235</v>
+      </c>
+      <c r="M231" s="65" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N231" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="232" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B232" s="68">
+        <v>357</v>
+      </c>
+      <c r="B232" s="65">
         <v>49</v>
       </c>
-      <c r="C232" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F232" s="68">
+      <c r="C232" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D232" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E232" s="65" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F232" s="65">
         <v>3</v>
       </c>
-      <c r="G232" s="68">
+      <c r="G232" s="65">
         <v>2024</v>
       </c>
-      <c r="H232" s="68" t="s">
-[...21 lines deleted...]
-    <row r="233" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H232" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I232" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J232" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K232" s="69" t="s">
+        <v>1321</v>
+      </c>
+      <c r="L232" s="65" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M232" s="65" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N232" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="233" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B233" s="68">
+        <v>357</v>
+      </c>
+      <c r="B233" s="65">
         <v>49</v>
       </c>
-      <c r="C233" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F233" s="68">
+      <c r="C233" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D233" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E233" s="65" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F233" s="65">
         <v>4</v>
       </c>
-      <c r="G233" s="68">
+      <c r="G233" s="65">
         <v>2024</v>
       </c>
-      <c r="H233" s="68" t="s">
-[...21 lines deleted...]
-    <row r="234" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H233" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I233" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J233" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K233" s="69" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L233" s="65" t="s">
+        <v>868</v>
+      </c>
+      <c r="M233" s="65" t="s">
+        <v>1302</v>
+      </c>
+      <c r="N233" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="234" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B234" s="68">
+        <v>357</v>
+      </c>
+      <c r="B234" s="65">
         <v>49</v>
       </c>
-      <c r="C234" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F234" s="68">
+      <c r="C234" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D234" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E234" s="65" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F234" s="65">
         <v>5</v>
       </c>
-      <c r="G234" s="68">
+      <c r="G234" s="65">
         <v>2024</v>
       </c>
-      <c r="H234" s="68" t="s">
-[...21 lines deleted...]
-    <row r="235" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H234" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I234" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J234" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K234" s="69" t="s">
+        <v>1323</v>
+      </c>
+      <c r="L234" s="65" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M234" s="65" t="s">
+        <v>1305</v>
+      </c>
+      <c r="N234" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="235" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B235" s="68">
+        <v>357</v>
+      </c>
+      <c r="B235" s="65">
         <v>49</v>
       </c>
-      <c r="C235" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F235" s="68">
+      <c r="C235" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D235" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E235" s="65" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F235" s="65">
         <v>6</v>
       </c>
-      <c r="G235" s="68">
+      <c r="G235" s="65">
         <v>2024</v>
       </c>
-      <c r="H235" s="68" t="s">
-[...21 lines deleted...]
-    <row r="236" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H235" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I235" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J235" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K235" s="69" t="s">
+        <v>1324</v>
+      </c>
+      <c r="L235" s="65" t="s">
+        <v>868</v>
+      </c>
+      <c r="M235" s="65" t="s">
+        <v>1307</v>
+      </c>
+      <c r="N235" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="236" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B236" s="68">
+        <v>357</v>
+      </c>
+      <c r="B236" s="65">
         <v>49</v>
       </c>
-      <c r="C236" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F236" s="68">
+      <c r="C236" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D236" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E236" s="65" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F236" s="65">
         <v>7</v>
       </c>
-      <c r="G236" s="68">
+      <c r="G236" s="65">
         <v>2024</v>
       </c>
-      <c r="H236" s="68" t="s">
-[...21 lines deleted...]
-    <row r="237" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H236" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I236" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J236" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K236" s="69" t="s">
+        <v>1325</v>
+      </c>
+      <c r="L236" s="65" t="s">
+        <v>409</v>
+      </c>
+      <c r="M236" s="65" t="s">
+        <v>1309</v>
+      </c>
+      <c r="N236" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="237" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B237" s="68">
+        <v>357</v>
+      </c>
+      <c r="B237" s="65">
         <v>49</v>
       </c>
-      <c r="C237" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F237" s="68">
+      <c r="C237" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D237" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E237" s="65" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F237" s="65">
         <v>8</v>
       </c>
-      <c r="G237" s="68">
+      <c r="G237" s="65">
         <v>2024</v>
       </c>
-      <c r="H237" s="68" t="s">
-[...21 lines deleted...]
-    <row r="238" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H237" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I237" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J237" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K237" s="69" t="s">
+        <v>1326</v>
+      </c>
+      <c r="L237" s="65" t="s">
+        <v>426</v>
+      </c>
+      <c r="M237" s="65" t="s">
+        <v>1311</v>
+      </c>
+      <c r="N237" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="238" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B238" s="68">
+        <v>357</v>
+      </c>
+      <c r="B238" s="65">
         <v>49</v>
       </c>
-      <c r="C238" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F238" s="68">
+      <c r="C238" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D238" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E238" s="65" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F238" s="65">
         <v>9</v>
       </c>
-      <c r="G238" s="68">
+      <c r="G238" s="65">
         <v>2025</v>
       </c>
-      <c r="H238" s="68" t="s">
-[...21 lines deleted...]
-    <row r="239" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H238" s="65" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I238" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J238" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K238" s="69" t="s">
+        <v>1327</v>
+      </c>
+      <c r="L238" s="65" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M238" s="65" t="s">
+        <v>1314</v>
+      </c>
+      <c r="N238" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="239" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B239" s="68">
+        <v>357</v>
+      </c>
+      <c r="B239" s="65">
         <v>49</v>
       </c>
-      <c r="C239" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F239" s="68">
+      <c r="C239" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D239" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E239" s="65" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F239" s="65">
         <v>10</v>
       </c>
-      <c r="G239" s="68">
+      <c r="G239" s="65">
         <v>2025</v>
       </c>
-      <c r="H239" s="68" t="s">
-[...21 lines deleted...]
-    <row r="240" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H239" s="65" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I239" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J239" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K239" s="69" t="s">
+        <v>1328</v>
+      </c>
+      <c r="L239" s="65" t="s">
+        <v>426</v>
+      </c>
+      <c r="M239" s="65" t="s">
+        <v>1316</v>
+      </c>
+      <c r="N239" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="240" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="9" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="B240" s="68">
+        <v>357</v>
+      </c>
+      <c r="B240" s="65">
         <v>49</v>
       </c>
-      <c r="C240" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F240" s="68">
+      <c r="C240" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D240" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E240" s="65" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F240" s="65">
         <v>11</v>
       </c>
-      <c r="G240" s="68">
+      <c r="G240" s="65">
         <v>2025</v>
       </c>
-      <c r="H240" s="68" t="s">
-[...21 lines deleted...]
-    <row r="241" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H240" s="65" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I240" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="J240" s="65" t="s">
+        <v>258</v>
+      </c>
+      <c r="K240" s="69" t="s">
+        <v>1329</v>
+      </c>
+      <c r="L240" s="65" t="s">
+        <v>1304</v>
+      </c>
+      <c r="M240" s="65" t="s">
+        <v>1318</v>
+      </c>
+      <c r="N240" s="65" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="241" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B241" s="7">
         <v>40</v>
       </c>
-      <c r="C241" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F241" s="68">
+      <c r="C241" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D241" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E241" s="65" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F241" s="65">
         <v>1</v>
       </c>
-      <c r="G241" s="68">
+      <c r="G241" s="65">
         <v>2024</v>
       </c>
-      <c r="H241" s="68" t="s">
-[...21 lines deleted...]
-    <row r="242" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H241" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I241" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J241" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K241" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L241" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M241" s="65" t="s">
+        <v>1332</v>
+      </c>
+      <c r="N241" s="66" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="242" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B242" s="7">
         <v>40</v>
       </c>
-      <c r="C242" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F242" s="68">
+      <c r="C242" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D242" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E242" s="65" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F242" s="65">
         <v>2</v>
       </c>
-      <c r="G242" s="68">
+      <c r="G242" s="65">
         <v>2024</v>
       </c>
-      <c r="H242" s="68" t="s">
-[...21 lines deleted...]
-    <row r="243" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H242" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I242" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J242" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K242" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L242" s="65" t="s">
+        <v>1376</v>
+      </c>
+      <c r="M242" s="65" t="s">
+        <v>1333</v>
+      </c>
+      <c r="N242" s="66" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="243" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B243" s="7">
         <v>40</v>
       </c>
-      <c r="C243" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F243" s="68">
+      <c r="C243" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D243" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E243" s="65" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F243" s="65">
         <v>3</v>
       </c>
-      <c r="G243" s="68">
+      <c r="G243" s="65">
         <v>2024</v>
       </c>
-      <c r="H243" s="68" t="s">
-[...21 lines deleted...]
-    <row r="244" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H243" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I243" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J243" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K243" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L243" s="65" t="s">
+        <v>456</v>
+      </c>
+      <c r="M243" s="65" t="s">
+        <v>1334</v>
+      </c>
+      <c r="N243" s="66" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="244" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B244" s="7">
         <v>40</v>
       </c>
-      <c r="C244" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F244" s="68">
+      <c r="C244" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D244" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E244" s="65" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F244" s="65">
         <v>4</v>
       </c>
-      <c r="G244" s="68">
+      <c r="G244" s="65">
         <v>2024</v>
       </c>
-      <c r="H244" s="68" t="s">
-[...21 lines deleted...]
-    <row r="245" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H244" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I244" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J244" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K244" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L244" s="65" t="s">
+        <v>456</v>
+      </c>
+      <c r="M244" s="65" t="s">
+        <v>1335</v>
+      </c>
+      <c r="N244" s="66" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="245" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B245" s="7">
         <v>40</v>
       </c>
-      <c r="C245" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F245" s="68">
+      <c r="C245" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D245" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E245" s="65" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F245" s="65">
         <v>5</v>
       </c>
-      <c r="G245" s="68">
+      <c r="G245" s="65">
         <v>2024</v>
       </c>
-      <c r="H245" s="68" t="s">
-[...21 lines deleted...]
-    <row r="246" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H245" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I245" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J245" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K245" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L245" s="65" t="s">
+        <v>639</v>
+      </c>
+      <c r="M245" s="65" t="s">
+        <v>1336</v>
+      </c>
+      <c r="N245" s="66" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="246" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B246" s="7">
         <v>40</v>
       </c>
-      <c r="C246" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F246" s="68">
+      <c r="C246" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D246" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E246" s="65" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F246" s="65">
         <v>6</v>
       </c>
-      <c r="G246" s="68">
+      <c r="G246" s="65">
         <v>2024</v>
       </c>
-      <c r="H246" s="68" t="s">
-[...21 lines deleted...]
-    <row r="247" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H246" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I246" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J246" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K246" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L246" s="65" t="s">
+        <v>1377</v>
+      </c>
+      <c r="M246" s="65" t="s">
+        <v>1337</v>
+      </c>
+      <c r="N246" s="66" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="247" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B247" s="7">
         <v>40</v>
       </c>
-      <c r="C247" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F247" s="68">
+      <c r="C247" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D247" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E247" s="65" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F247" s="65">
         <v>7</v>
       </c>
-      <c r="G247" s="68">
+      <c r="G247" s="65">
         <v>2024</v>
       </c>
-      <c r="H247" s="68" t="s">
-[...21 lines deleted...]
-    <row r="248" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H247" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I247" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J247" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K247" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L247" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M247" s="65" t="s">
+        <v>1338</v>
+      </c>
+      <c r="N247" s="66" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="248" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B248" s="7">
         <v>40</v>
       </c>
-      <c r="C248" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F248" s="68">
+      <c r="C248" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D248" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E248" s="65" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F248" s="65">
         <v>8</v>
       </c>
-      <c r="G248" s="68">
+      <c r="G248" s="65">
         <v>2024</v>
       </c>
-      <c r="H248" s="68" t="s">
-[...21 lines deleted...]
-    <row r="249" spans="1:14" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H248" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I248" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J248" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K248" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L248" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M248" s="65" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N248" s="66" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="249" spans="1:14" ht="40" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="6" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="B249" s="7">
         <v>40</v>
       </c>
-      <c r="C249" s="68" t="s">
-[...8 lines deleted...]
-      <c r="F249" s="68">
+      <c r="C249" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D249" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="E249" s="65" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F249" s="65">
         <v>9</v>
       </c>
-      <c r="G249" s="68">
+      <c r="G249" s="65">
         <v>2024</v>
       </c>
-      <c r="H249" s="68" t="s">
-[...18 lines deleted...]
-        <v>1487</v>
+      <c r="H249" s="65" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I249" s="65" t="s">
+        <v>560</v>
+      </c>
+      <c r="J249" s="65" t="s">
+        <v>1331</v>
+      </c>
+      <c r="K249" s="65" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L249" s="65" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M249" s="65" t="s">
+        <v>1340</v>
+      </c>
+      <c r="N249" s="66" t="s">
+        <v>1350</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="N8" r:id="rId1" xr:uid="{621546FE-13CA-CE48-94F9-7D39B58093AA}"/>
     <hyperlink ref="N135" r:id="rId2" display="https://www.trendforce.com/news/2025/11/05/" xr:uid="{4790EA6C-7ADB-1F40-8CFF-43FD12BBF03A}"/>
     <hyperlink ref="N134" r:id="rId3" display="https://www.trendforce.com/news/2025/10/31/" xr:uid="{634327FA-5221-874D-B7F2-02F30D086F69}"/>
     <hyperlink ref="N12" r:id="rId4" xr:uid="{5575D4F6-402C-C44A-894D-3B86EC87F3EB}"/>
     <hyperlink ref="N15" r:id="rId5" xr:uid="{10DB3300-B4E1-6F45-9C70-A178502FC45C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Project Sheet</vt:lpstr>
       <vt:lpstr>Distribution Sheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>